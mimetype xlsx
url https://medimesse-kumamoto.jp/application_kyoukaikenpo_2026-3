--- v0 (2026-01-15)
+++ v1 (2026-03-13)
@@ -11,131 +11,131 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.50\事務局\◆事務局\◆予防医療推進室\★企画広報\☆営業用（チラシ）\●パンフ・料金表\2026年度\申込書類\WEB用\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7ED31FA0-50E5-418B-9101-9A0748B01DCC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{321628BD-3EE9-4731-8E11-78EEA98D5720}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="13900" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026年度　企業情報シート" sheetId="7" r:id="rId1"/>
     <sheet name="2026年度　企業情報シート【記載例】" sheetId="13" r:id="rId2"/>
     <sheet name="協会けんぽ用受診者名簿(ドック)" sheetId="14" r:id="rId3"/>
     <sheet name="協会けんぽ用受診者名簿(ドック)【記載例】" sheetId="20" r:id="rId4"/>
     <sheet name="協会けんぽ用受診者名簿(定期健診)" sheetId="17" r:id="rId5"/>
     <sheet name="協会けんぽ用受診者名簿(定期健診)【記載例】" sheetId="21" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'協会けんぽ用受診者名簿(ドック)'!#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'協会けんぽ用受診者名簿(ドック)【記載例】'!#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'協会けんぽ用受診者名簿(定期健診)'!#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'協会けんぽ用受診者名簿(定期健診)【記載例】'!#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2026年度　企業情報シート'!$A$1:$AI$49</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="5">'協会けんぽ用受診者名簿(定期健診)【記載例】'!$A$1:$Y$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2026年度　企業情報シート'!$A$1:$AI$50</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'2026年度　企業情報シート【記載例】'!$A$1:$AI$50</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'協会けんぽ用受診者名簿(ドック)【記載例】'!$A$1:$Y$18</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'協会けんぽ用受診者名簿(定期健診)'!$A$1:$W$18</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'協会けんぽ用受診者名簿(定期健診)【記載例】'!$A$1:$W$27</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I10" i="14" l="1"/>
-[...24 lines deleted...]
-  <c r="I9" i="21"/>
+  <c r="K10" i="17" l="1"/>
+  <c r="K11" i="17"/>
+  <c r="K12" i="17"/>
+  <c r="K13" i="17"/>
+  <c r="K14" i="17"/>
+  <c r="K15" i="17"/>
+  <c r="K16" i="17"/>
+  <c r="K17" i="17"/>
+  <c r="K18" i="17"/>
+  <c r="K9" i="17"/>
+  <c r="K11" i="21"/>
+  <c r="K10" i="21"/>
+  <c r="K9" i="21"/>
+  <c r="G18" i="14"/>
+  <c r="G17" i="14"/>
+  <c r="G16" i="14"/>
+  <c r="G15" i="14"/>
+  <c r="G14" i="14"/>
+  <c r="G13" i="14"/>
+  <c r="G12" i="14"/>
+  <c r="G11" i="14"/>
+  <c r="G10" i="14"/>
+  <c r="G9" i="14"/>
+  <c r="G10" i="20"/>
+  <c r="G11" i="20"/>
+  <c r="G9" i="20"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="327" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="147">
   <si>
     <t>お申込日：</t>
     <rPh sb="1" eb="3">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ビ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ガツ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
@@ -173,82 +173,55 @@
     <rPh sb="12" eb="13">
       <t>テン</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>キガル</t>
     </rPh>
     <rPh sb="21" eb="22">
       <t>ト</t>
     </rPh>
     <rPh sb="23" eb="24">
       <t>ア</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>事業所名称</t>
     <rPh sb="0" eb="3">
       <t>ジギョウショ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>メイショウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>保険者番号</t>
-[...18 lines deleted...]
-  <si>
     <t>受診コース</t>
     <rPh sb="0" eb="2">
       <t>ジュシン</t>
     </rPh>
     <phoneticPr fontId="4"/>
-  </si>
-[...5 lines deleted...]
-    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>〒860-0833 熊本県熊本市中央区平成3-23-30 サンリブシティくまなん3階</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>フリガナ</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
       <t>予約希望月</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>（例：7月～9月）</t>
     </r>
@@ -943,89 +916,50 @@
     </rPh>
     <rPh sb="34" eb="36">
       <t>セイキュウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <r>
       <t>　 3　</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>基本健診・一般健診 は事業所請求</t>
     </r>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
-      <t>　 4　</t>
-[...37 lines deleted...]
-    <r>
       <t xml:space="preserve">2  受診者自宅へ
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>（住所情報もお送りください）</t>
@@ -1172,68 +1106,57 @@
       <t>ミユキキベ</t>
     </rPh>
     <rPh sb="19" eb="23">
       <t>イリョウホウジン</t>
     </rPh>
     <rPh sb="23" eb="26">
       <t>サクラジュウジ</t>
     </rPh>
     <rPh sb="27" eb="30">
       <t>サクラジュウジ</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>ビョウイン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>乳がん
 （マンモ）</t>
     <rPh sb="0" eb="1">
       <t>ニュウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>人間ドック</t>
-[...5 lines deleted...]
-  <si>
     <t>一般健診</t>
     <rPh sb="0" eb="2">
       <t>イッパン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンシン</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...2 lines deleted...]
-    <t>基本健診</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>34歳
 以下</t>
     <rPh sb="2" eb="3">
       <t>サイ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>イカ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>35歳
 以上</t>
     <rPh sb="2" eb="3">
       <t>サイ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>イジョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
@@ -1468,127 +1391,74 @@
       <t>　 3　</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>基本健診・一般健診のみ事業所請求、その他は窓口支払</t>
     </r>
     <rPh sb="23" eb="24">
       <t>タ</t>
     </rPh>
     <rPh sb="25" eb="27">
       <t>マドグチ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>シハラ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <r>
-[...47 lines deleted...]
-  <si>
     <t>【お申込み方法】メールでのお申込みのみになります。</t>
     <rPh sb="2" eb="4">
       <t>モウシコ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ホウホウ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>モウシコ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>基本ドックコース</t>
     <rPh sb="0" eb="2">
       <t>キホン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>ドック専用オプション</t>
     <rPh sb="3" eb="5">
       <t>センヨウ</t>
     </rPh>
-    <phoneticPr fontId="3"/>
-[...2 lines deleted...]
-    <t>オプション</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>脳
 ドック</t>
     <rPh sb="0" eb="1">
       <t>ノウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>肺
 ドック</t>
     <rPh sb="0" eb="1">
       <t>ハイ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>心臓・
 血管ドック</t>
     <rPh sb="0" eb="2">
       <t>シンゾウ</t>
     </rPh>
     <rPh sb="4" eb="6">
@@ -1600,57 +1470,50 @@
     <t>膵臓
 ドック</t>
     <rPh sb="0" eb="2">
       <t>スイゾウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>消化器
 ドック</t>
     <rPh sb="0" eb="3">
       <t>ショウカキ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>フル
 コース
 ドック</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>骨密度</t>
     <rPh sb="0" eb="3">
       <t>コツミツド</t>
-    </rPh>
-[...5 lines deleted...]
-      <t>カクタン</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>節目健診</t>
     <rPh sb="0" eb="2">
       <t>フシメ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンシン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">オプション検査
 </t>
@@ -1712,119 +1575,56 @@
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>オプション検査</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 協会けんぽの補助を利用
 しないコースもこちらへ</t>
     </r>
     <rPh sb="5" eb="7">
       <t>ケンサ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <r>
-[...28 lines deleted...]
-  <si>
     <t>胃部X線</t>
     <rPh sb="0" eb="2">
       <t>イブ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>セン</t>
-    </rPh>
-[...31 lines deleted...]
-      <t>ケンシン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
       <t>請求書は通常、月末締め・翌月20日前後の発送です。事業所用控えは</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>法定項目のみ</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
@@ -1916,169 +1716,91 @@
     </rPh>
     <rPh sb="65" eb="67">
       <t>バアイ</t>
     </rPh>
     <rPh sb="68" eb="71">
       <t>ケイヤクショ</t>
     </rPh>
     <rPh sb="72" eb="73">
       <t>ト</t>
     </rPh>
     <rPh sb="74" eb="75">
       <t>カ</t>
     </rPh>
     <rPh sb="78" eb="80">
       <t>ヒツヨウ</t>
     </rPh>
     <rPh sb="85" eb="86">
       <t>モウ</t>
     </rPh>
     <rPh sb="87" eb="88">
       <t>デ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>希望
-[...12 lines deleted...]
-  <si>
     <t>胃カメラ</t>
     <rPh sb="0" eb="1">
       <t>イ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>基本ドックコース胃カメラのみ</t>
     <rPh sb="0" eb="2">
       <t>キホン</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>イ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>桜　十字子</t>
     <rPh sb="0" eb="1">
       <t>サクラ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジュウジ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>コ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>・鎮静剤なし
 ・細いカメラ
 使用</t>
     <rPh sb="1" eb="4">
       <t>チンセイザイ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>ホソ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>シヨウ</t>
-    </rPh>
-[...62 lines deleted...]
-      <t>シハラ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <r>
       <t>請求書は通常、月末締め・翌月20日前後の発送です。事業所用控えは</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>法定項目のみ</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
@@ -2134,86 +1856,50 @@
   <si>
     <r>
       <t xml:space="preserve">年度末
 年齢
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>(自動入力されます)</t>
     </r>
     <rPh sb="0" eb="3">
       <t>ネンドマツ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ネンレイ</t>
     </rPh>
     <rPh sb="8" eb="12">
       <t>ジドウニュウリョク</t>
-    </rPh>
-[...34 lines deleted...]
-      <t>レイ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">電話番号
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>（ハイフンあり）</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
@@ -2423,264 +2109,722 @@
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>受診者自宅へ送る場合</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="24"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>は、個人住所のわかるものを別途添付してください（様式不問）</t>
     </r>
     <rPh sb="3" eb="4">
       <t>シャ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
       <rPr>
-        <sz val="16"/>
+        <sz val="18"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>※保険者番号と保険証記号が必ず同一の企業ごとにお申込ください。</t>
     </r>
     <r>
       <rPr>
         <u/>
-        <sz val="16"/>
+        <sz val="18"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 事前送付物を</t>
     </r>
     <r>
       <rPr>
         <u/>
-        <sz val="16"/>
+        <sz val="18"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>受診者自宅へ送る場合</t>
     </r>
     <r>
       <rPr>
         <u/>
-        <sz val="16"/>
+        <sz val="18"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>は、個人住所のわかるものを別途添付してください（様式不問）</t>
     </r>
     <rPh sb="3" eb="4">
       <t>シャ</t>
     </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">第１希望
+予約日
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="BIZ UDPゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>(西暦)
+例）2026/4/1</t>
+    </r>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ヨヤク</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>ビ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">生年月日
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="BIZ UDPゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">(西暦)
+例）1990/1/23
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="BIZ UDPゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>※スラッシュを入れてください。</t>
+    </r>
+    <rPh sb="0" eb="4">
+      <t>セイネンガッピ</t>
+    </rPh>
+    <rPh sb="29" eb="30">
+      <t>イ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　受診者名簿【協会けんぽ(定期健診)専用】</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="18"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>※保険者番号と保険証記号が必ず同一の企業ごとにお申込ください。</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 事前送付物を</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="18"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>受診者自宅へ送る場合</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
-      <t>は、個人住所のわかるものを別途添付してください（様式不問）</t>
+      <t xml:space="preserve">は、個人住所のわかるものを別途添付してください（様式不問）
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="18"/>
+        <color theme="1"/>
+        <rFont val="BIZ UDPゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="18"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="BIZ UDPゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>※プルダウンにて選択してください。</t>
     </r>
     <rPh sb="3" eb="4">
       <t>シャ</t>
+    </rPh>
+    <rPh sb="131" eb="133">
+      <t>センタク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve"> 漢字氏名</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="BIZ UDPゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>※姓と名の間にスペースを
+入れてください</t>
+    </r>
+    <rPh sb="1" eb="5">
+      <t>カンジシメイ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
-      <t>※姓と名の間に全角スペースを入れてください</t>
+      <t>ｶﾅ氏名</t>
     </r>
-    <rPh sb="1" eb="5">
-[...3 lines deleted...]
-      <t>ゼンカク</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="BIZ UDPゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+※姓と名の間にスペースを
+入れてください</t>
+    </r>
+    <rPh sb="2" eb="4">
+      <t>シメイ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>セイ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>アイダ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>イ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>ｶﾅ氏名</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>(半角)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve">
+※姓と名の間にスペースを
+入れてください</t>
+    </r>
+    <rPh sb="2" eb="4">
+      <t>シメイ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ハンカク</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>セイ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>アイダ</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>イ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">生年月日
 </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="10"/>
+        <sz val="16"/>
+        <color rgb="FFFF0000"/>
         <rFont val="BIZ UDPゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
-      <t>※姓と名の間に半角スペースを入れてください</t>
+      <t>(西暦)
+例）1990/1/23</t>
     </r>
+    <rPh sb="0" eb="4">
+      <t>セイネンガッピ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>桜 十字子</t>
+    <rPh sb="0" eb="1">
+      <t>サクラ</t>
+    </rPh>
+    <rPh sb="2" eb="5">
+      <t>ジュウジコ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>ｻｸﾗ ｼﾞｭｳｼﾞｺ</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>080-××××-××××</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">第１希望
+予約日
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="BIZ UDPゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>(西暦)
+例）2026/4/7</t>
+    </r>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
     <rPh sb="2" eb="4">
-      <t>シメイ</t>
+      <t>キボウ</t>
     </rPh>
     <rPh sb="5" eb="7">
-      <t>ハンカク</t>
-[...14 lines deleted...]
-      <t>イ</t>
+      <t>ヨヤク</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>ビ</t>
     </rPh>
     <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">第2希望
+予約日
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="BIZ UDPゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>(西暦)
+例）2026/4/14</t>
+    </r>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ヨヤク</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>ビ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　受診者名簿【協会けんぽ(人間ドック)専用】</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>▼自己負担額のお支払方法</t>
+    <rPh sb="1" eb="6">
+      <t>ジコフタンガク</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>シハラ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ホウホウ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <r>
+      <t>※</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>新規の事業所様</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>につきましては、</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>原則</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>「全て窓口支払」のみ</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>とさせていただきます。
+※</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>人間ドック</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>のお支払い</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>は</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>「1 全て窓口支払」</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>または</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>「２ 全て事業所請求」</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>のいずれかの方法のみのご案内となります。</t>
+    </r>
+    <rPh sb="88" eb="90">
+      <t>アンナイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <t>　 4　</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>基本健診</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>・</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>協会けんぽ補助（一般健診・節目健診・子宮がん検診・乳がん検診・骨密度検診）
+　　  のみ事業所請求、その他は窓口支払</t>
+    </r>
+    <rPh sb="22" eb="24">
+      <t>フシメ</t>
+    </rPh>
+    <rPh sb="40" eb="43">
+      <t>コツミツド</t>
+    </rPh>
+    <rPh sb="43" eb="45">
+      <t>ケンシン</t>
+    </rPh>
+    <rPh sb="61" eb="62">
+      <t>タ</t>
+    </rPh>
+    <rPh sb="63" eb="65">
+      <t>マドグチ</t>
+    </rPh>
+    <rPh sb="65" eb="67">
+      <t>シハライ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>子宮頸がん</t>
+    <rPh sb="0" eb="3">
+      <t>シキュウケイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>子宮頸がん</t>
+    <rPh sb="0" eb="2">
+      <t>シキュウ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ケイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="102" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="176" formatCode="yyyy/m/d\(aaa\)"/>
+  </numFmts>
+  <fonts count="99" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="28"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
@@ -3127,57 +3271,50 @@
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="24"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="30"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="30"/>
-[...5 lines deleted...]
-    <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
@@ -3212,57 +3349,50 @@
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFF0000"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
-      <name val="BIZ UDPゴシック"/>
-[...5 lines deleted...]
-      <sz val="10"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
@@ -3325,63 +3455,50 @@
       <sz val="11.5"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11.5"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...11 lines deleted...]
-    <font>
       <u/>
       <sz val="22"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="22"/>
       <color rgb="FFFF0000"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
@@ -3400,62 +3517,66 @@
     </font>
     <font>
       <u/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FFFF0000"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="18"/>
       <color rgb="FFFF0000"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <u/>
       <sz val="16"/>
-      <color theme="1"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <u/>
-      <sz val="16"/>
+      <b/>
+      <sz val="10"/>
       <color rgb="FFFF0000"/>
-      <name val="BIZ UDPゴシック"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF7C80"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -3485,56 +3606,56 @@
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEBEBFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="103">
+  <borders count="104">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -4264,121 +4385,82 @@
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color indexed="64"/>
       </right>
-      <top/>
-[...11 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...24 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -4617,72 +4699,50 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="dotted">
-[...20 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
@@ -4734,58 +4794,146 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="dotted">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color indexed="64"/>
+      </left>
+      <right style="dotted">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="425">
+  <cellXfs count="451">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
@@ -4803,1261 +4951,1372 @@
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="78" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="6" borderId="62" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="6" borderId="64" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="5" borderId="62" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="33" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="10" borderId="82" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="56" fontId="78" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="56" fontId="78" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="78" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="81" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="6" borderId="65" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="10" borderId="82" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="88" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="9" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="9" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="97" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="97" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="78" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="78" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="81" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="78" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="54" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="57" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="81" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="81" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="12" borderId="54" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="12" borderId="57" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="12" borderId="57" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="12" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="12" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="12" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="78" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="56" fontId="78" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="12" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="96" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="98" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="40" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="99" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="100" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="9" borderId="99" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="101" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="56" fontId="78" fillId="0" borderId="40" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="100" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="78" fillId="0" borderId="100" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="81" fillId="9" borderId="99" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="101" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="78" fillId="0" borderId="99" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="78" fillId="0" borderId="100" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="96" fillId="7" borderId="99" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="102" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="0" borderId="103" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="78" fillId="0" borderId="40" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="56" fontId="78" fillId="0" borderId="40" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="7" borderId="100" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="12" borderId="102" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="12" borderId="103" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="12" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="12" borderId="101" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="91" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="55" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="55" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="84" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="45" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="43" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="86" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="83" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="84" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="85" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="50" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="49" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="39" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="48" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="51" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="44" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="42" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="82" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="46" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="71" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="72" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="73" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="0" borderId="56" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="0" borderId="55" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="0" borderId="34" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="48" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="49" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="50" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="51" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="66" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="39" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="87" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="7" borderId="67" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="7" borderId="68" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="7" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="9" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="9" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="9" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="6" borderId="88" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="6" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="6" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="90" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="7" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="7" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="7" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="88" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="56" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="6" borderId="95" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="6" borderId="90" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="6" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="6" borderId="67" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="6" borderId="68" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="6" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="69" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="70" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="7" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="7" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="71" fillId="7" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="71" fillId="7" borderId="66" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="71" fillId="7" borderId="66" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="71" fillId="7" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="8" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="8" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="8" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="8" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="8" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="8" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="5" borderId="67" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="5" borderId="68" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="6" borderId="88" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="6" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="6" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="88" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="91" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="89" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="6" borderId="63" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="6" borderId="64" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="92" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="5" borderId="56" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...914 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="6" borderId="68" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="6" borderId="93" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="6" borderId="94" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="6" borderId="69" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="77" fillId="6" borderId="96" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="71" fillId="10" borderId="95" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="10" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="10" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="5" borderId="96" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="5" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="5" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="5" borderId="96" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="5" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="5" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="93" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="7" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="7" borderId="67" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="71" fillId="7" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...50 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="7" borderId="67" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="7" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="7" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="72" fillId="7" borderId="67" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="72" fillId="7" borderId="66" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="72" fillId="7" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="8" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="10" borderId="68" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="8" borderId="67" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="8" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="10" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...109 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFEBEBFF"/>
       <color rgb="FFCCCCFF"/>
       <color rgb="FFCCFFFF"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -6075,112 +6334,112 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>182218</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>82827</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>148691</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>1950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="図 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="182218" y="16432697"/>
           <a:ext cx="3445169" cy="515470"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>182218</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>82827</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>148691</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>1950</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="図 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39B4F75F-1A9E-4934-8DDB-A3EE377BA440}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
@@ -6245,57 +6504,57 @@
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="3200" b="1">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>見本</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>117231</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>124374</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>315214</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="楕円 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F55BBC3-0A1F-40B2-8E95-3B25428CD76C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1244991" y="7494814"/>
           <a:ext cx="289083" cy="288000"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="19050">
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
@@ -6311,57 +6570,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>68036</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>81643</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>70286</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>17218</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="楕円 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0AD85E1-DCEE-450C-ABCC-CC9C03E4804B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1195796" y="8981803"/>
           <a:ext cx="284190" cy="286095"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="19050">
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
@@ -6377,57 +6636,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>81643</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>68036</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>83893</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>3611</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="7" name="楕円 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16E69A8E-F5EF-40E6-AA67-025578CAF901}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1209403" y="9669236"/>
           <a:ext cx="284190" cy="286095"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="19050">
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
@@ -6442,196 +6701,1121 @@
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>17</xdr:col>
-      <xdr:colOff>244928</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>54428</xdr:rowOff>
+      <xdr:colOff>237458</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>84311</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>247178</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>343789</xdr:rowOff>
+      <xdr:colOff>239708</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>22554</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="8" name="楕円 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8252AFF-5E92-47D3-A57F-C84709B28FE8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5037908" y="10356668"/>
-          <a:ext cx="284190" cy="289361"/>
+          <a:off x="4936458" y="10931605"/>
+          <a:ext cx="278662" cy="289361"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="19050">
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>32</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>295276</xdr:rowOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>34</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>155882</xdr:rowOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
-    <xdr:pic>
-[...1 lines deleted...]
-        <xdr:cNvPr id="2" name="図 1">
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="4" name="テキスト ボックス 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9537E3A-5786-4FA2-B53C-8AC0CBE97F41}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D67AC5-7838-4B6E-A71A-6E8F4DD379B0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvPicPr>
-[...14 lines deleted...]
-      </xdr:blipFill>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="19326225" y="293371"/>
-          <a:ext cx="2426334" cy="363526"/>
+          <a:off x="11662312" y="2571164"/>
+          <a:ext cx="437957" cy="332363"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
       </xdr:spPr>
-    </xdr:pic>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="テキスト ボックス 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E2A5ED6-8600-47D4-ACB1-885B624D4346}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12153456" y="2560427"/>
+          <a:ext cx="434147" cy="333575"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="テキスト ボックス 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{847DEC6D-24FF-4D22-B6A6-F318B0A4A89A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12153456" y="4139845"/>
+          <a:ext cx="434147" cy="333575"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="9" name="テキスト ボックス 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D755790B-D45F-426E-9558-2341D17AEA64}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11987201" y="2560427"/>
+          <a:ext cx="434147" cy="569102"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="10" name="テキスト ボックス 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0709C97B-84D9-4216-9923-CD2531078BEA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11987201" y="2560427"/>
+          <a:ext cx="434147" cy="264995"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="11" name="テキスト ボックス 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3B071DB-CCFE-40BE-8BF8-71B36A292B07}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11987201" y="4139845"/>
+          <a:ext cx="434147" cy="333575"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="13" name="テキスト ボックス 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3D8BEAE-A2BB-4D2D-880C-36F597492E7E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12165232" y="2567354"/>
+          <a:ext cx="434147" cy="570488"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="14" name="テキスト ボックス 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F302B3B-FDDD-493E-A086-C77FD37BF6CA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12165232" y="3039794"/>
+          <a:ext cx="434147" cy="1134368"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="15" name="テキスト ボックス 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F49B249-6F57-4621-A975-D715967526C4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12165232" y="2567354"/>
+          <a:ext cx="434147" cy="265688"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="16" name="テキスト ボックス 15">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBF12AC0-7489-45AD-88DC-2189A70F029D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12165232" y="2567354"/>
+          <a:ext cx="434147" cy="570488"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="17" name="テキスト ボックス 16">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D577D0ED-0735-4B9C-860E-6B9C20129679}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12165232" y="3039794"/>
+          <a:ext cx="434147" cy="1134368"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="18" name="テキスト ボックス 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D61F9B11-8C94-4F99-B52D-D7EA8147B962}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12165232" y="2567354"/>
+          <a:ext cx="434147" cy="265688"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="19" name="テキスト ボックス 18">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{554A6A44-871F-4FFC-A31F-3F486D3FD919}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12165232" y="2803574"/>
+          <a:ext cx="434147" cy="1370588"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="20" name="テキスト ボックス 19">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E4D57FC-84DB-43AB-AE70-05AEEC3B44A4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12165232" y="2803574"/>
+          <a:ext cx="434147" cy="334268"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>224692</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>205154</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>1024599</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>303202</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="21" name="テキスト ボックス 20">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0F31D1F-2324-4812-A4B3-12BF5E23F5E9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12165232" y="2803574"/>
+          <a:ext cx="434147" cy="334268"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>568038</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>421821</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>457200</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1177636</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="線吹き出し 1 (枠付き) 1">
+        <xdr:cNvPr id="43" name="線吹き出し 1 (枠付き) 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1FD39F8-ACAA-4D94-B1C1-F7454635CACA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4AC7624-A566-4AF9-81CA-3A08C92A29D5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1260765" y="1419348"/>
-          <a:ext cx="6192980" cy="755815"/>
+          <a:off x="1260188" y="1431471"/>
+          <a:ext cx="7883812" cy="752640"/>
         </a:xfrm>
         <a:prstGeom prst="borderCallout1">
           <a:avLst>
             <a:gd name="adj1" fmla="val 86129"/>
             <a:gd name="adj2" fmla="val -231"/>
             <a:gd name="adj3" fmla="val 195069"/>
             <a:gd name="adj4" fmla="val -2662"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent3">
             <a:lumMod val="20000"/>
             <a:lumOff val="80000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:sysClr val="windowText" lastClr="000000"/>
           </a:solidFill>
           <a:prstDash val="sysDash"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
@@ -6738,135 +7922,135 @@
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>全員同日予約</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>等の希望があれば欄内にご記入ください。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="4" name="テキスト ボックス 3">
+        <xdr:cNvPr id="44" name="テキスト ボックス 43">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D67AC5-7838-4B6E-A71A-6E8F4DD379B0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA624362-442D-4695-B5FD-C1259B48981D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11662312" y="2571164"/>
-          <a:ext cx="437957" cy="332363"/>
+          <a:off x="13794642" y="2573704"/>
+          <a:ext cx="437957" cy="577473"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
+      <xdr:col>7</xdr:col>
       <xdr:colOff>18011</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>116577</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2031325" cy="864660"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5" name="テキスト ボックス 4">
+        <xdr:cNvPr id="45" name="テキスト ボックス 44">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F604A4B6-1122-4948-A495-151E1E8F7E20}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F1C4BF4-A9A3-4714-BC78-B0B03B7B809D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="8413866" y="4286795"/>
+          <a:off x="10095461" y="4307577"/>
           <a:ext cx="2031325" cy="864660"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
@@ -6879,1164 +8063,1285 @@
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200"/>
             <a:t>来院確認・緊急時の連絡</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200"/>
             <a:t>などに利用します。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>27</xdr:col>
+      <xdr:col>22</xdr:col>
       <xdr:colOff>553014</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>859528</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>33</xdr:col>
+      <xdr:col>23</xdr:col>
       <xdr:colOff>242060</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>882719</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="6" name="正方形/長方形 5">
+        <xdr:cNvPr id="46" name="正方形/長方形 45">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E22FF615-F915-4CC0-B327-78285B02D5E5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{314E2280-E8B9-4464-A047-EDFC60C6A619}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="19541102" y="3464616"/>
-          <a:ext cx="346271" cy="1128091"/>
+          <a:off x="22203339" y="3707503"/>
+          <a:ext cx="343096" cy="1369391"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="3175">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="15000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>（</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>33</xdr:col>
+      <xdr:col>23</xdr:col>
       <xdr:colOff>2015102</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>850003</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>34</xdr:col>
+      <xdr:col>24</xdr:col>
       <xdr:colOff>84898</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>873194</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="8" name="正方形/長方形 7">
+        <xdr:cNvPr id="47" name="正方形/長方形 46">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0A68298-1EB5-4C08-8D4D-316523240592}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A8469FB-3FCB-47F2-A202-C73412956140}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="21660415" y="3455091"/>
-          <a:ext cx="346271" cy="1128091"/>
+          <a:off x="24319477" y="3694803"/>
+          <a:ext cx="352621" cy="1369391"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="3175">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="15000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>）</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="7" name="テキスト ボックス 6">
+        <xdr:cNvPr id="48" name="テキスト ボックス 47">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E2A5ED6-8600-47D4-ACB1-885B624D4346}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8191858A-6620-4978-BB9D-CB940912078A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12153456" y="2560427"/>
-          <a:ext cx="434147" cy="333575"/>
+          <a:off x="13794642" y="4154854"/>
+          <a:ext cx="437957" cy="339348"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="12" name="テキスト ボックス 11">
+        <xdr:cNvPr id="49" name="テキスト ボックス 48">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{847DEC6D-24FF-4D22-B6A6-F318B0A4A89A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD3360DC-3119-4B2B-B5C5-F64E0118B4F6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12153456" y="4139845"/>
-          <a:ext cx="434147" cy="333575"/>
+          <a:off x="13794642" y="2573704"/>
+          <a:ext cx="437957" cy="272673"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="9" name="テキスト ボックス 8">
+        <xdr:cNvPr id="50" name="テキスト ボックス 49">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D755790B-D45F-426E-9558-2341D17AEA64}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5518ACFD-F347-443F-90EC-8E4DD728D074}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11987201" y="2560427"/>
-          <a:ext cx="434147" cy="569102"/>
+          <a:off x="13794642" y="2811829"/>
+          <a:ext cx="437957" cy="1377573"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="10" name="テキスト ボックス 9">
+        <xdr:cNvPr id="51" name="テキスト ボックス 50">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0709C97B-84D9-4216-9923-CD2531078BEA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{422C3C6B-AA54-47F3-8E50-3C546D2EDAD7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11987201" y="2560427"/>
-          <a:ext cx="434147" cy="264995"/>
+          <a:off x="13794642" y="2811829"/>
+          <a:ext cx="437957" cy="339348"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="11" name="テキスト ボックス 10">
+        <xdr:cNvPr id="52" name="テキスト ボックス 51">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3B071DB-CCFE-40BE-8BF8-71B36A292B07}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3605E98A-A539-48B3-A5CD-50D65A68671F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11987201" y="4139845"/>
-          <a:ext cx="434147" cy="333575"/>
+          <a:off x="13794642" y="2811829"/>
+          <a:ext cx="437957" cy="339348"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="13" name="テキスト ボックス 12">
+        <xdr:cNvPr id="53" name="テキスト ボックス 52">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3D8BEAE-A2BB-4D2D-880C-36F597492E7E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08DE1E8C-47BD-4F1C-B1E7-4783F46C3AD9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12165232" y="2567354"/>
-          <a:ext cx="434147" cy="570488"/>
+          <a:off x="13794642" y="2573704"/>
+          <a:ext cx="437957" cy="577473"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="14" name="テキスト ボックス 13">
+        <xdr:cNvPr id="54" name="テキスト ボックス 53">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F302B3B-FDDD-493E-A086-C77FD37BF6CA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52887AA2-53AC-4ED8-982E-E4F67157A336}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12165232" y="3039794"/>
-          <a:ext cx="434147" cy="1134368"/>
+          <a:off x="13794642" y="3049954"/>
+          <a:ext cx="437957" cy="1139448"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="15" name="テキスト ボックス 14">
+        <xdr:cNvPr id="55" name="テキスト ボックス 54">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F49B249-6F57-4621-A975-D715967526C4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE925220-06B0-494A-841C-0CE0C453B8A3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12165232" y="2567354"/>
-          <a:ext cx="434147" cy="265688"/>
+          <a:off x="13794642" y="2573704"/>
+          <a:ext cx="437957" cy="272673"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="16" name="テキスト ボックス 15">
+        <xdr:cNvPr id="56" name="テキスト ボックス 55">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBF12AC0-7489-45AD-88DC-2189A70F029D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FDE7791-7785-4A48-9898-ADF130203EDA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12165232" y="2567354"/>
-          <a:ext cx="434147" cy="570488"/>
+          <a:off x="13794642" y="2573704"/>
+          <a:ext cx="437957" cy="577473"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="17" name="テキスト ボックス 16">
+        <xdr:cNvPr id="57" name="テキスト ボックス 56">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D577D0ED-0735-4B9C-860E-6B9C20129679}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A532C43-DFAD-4446-B44E-90720C633942}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12165232" y="3039794"/>
-          <a:ext cx="434147" cy="1134368"/>
+          <a:off x="13794642" y="3049954"/>
+          <a:ext cx="437957" cy="1139448"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="18" name="テキスト ボックス 17">
+        <xdr:cNvPr id="58" name="テキスト ボックス 57">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D61F9B11-8C94-4F99-B52D-D7EA8147B962}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D9DE8CB-9667-4C2E-8DFE-B8912CB9739C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12165232" y="2567354"/>
-          <a:ext cx="434147" cy="265688"/>
+          <a:off x="13794642" y="2573704"/>
+          <a:ext cx="437957" cy="272673"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="19" name="テキスト ボックス 18">
+        <xdr:cNvPr id="59" name="テキスト ボックス 58">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{554A6A44-871F-4FFC-A31F-3F486D3FD919}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60028CD0-45BF-4D1F-A1D8-A5892017BF35}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12165232" y="2803574"/>
-          <a:ext cx="434147" cy="1370588"/>
+          <a:off x="13794642" y="2811829"/>
+          <a:ext cx="437957" cy="1377573"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="20" name="テキスト ボックス 19">
+        <xdr:cNvPr id="60" name="テキスト ボックス 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E4D57FC-84DB-43AB-AE70-05AEEC3B44A4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A09E713-25D5-4455-9D47-62D601EC2E8E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12165232" y="2803574"/>
-          <a:ext cx="434147" cy="334268"/>
+          <a:off x="13794642" y="2811829"/>
+          <a:ext cx="437957" cy="339348"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="21" name="テキスト ボックス 20">
+        <xdr:cNvPr id="61" name="テキスト ボックス 60">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0F31D1F-2324-4812-A4B3-12BF5E23F5E9}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91CD964F-74A7-490A-A0F5-0294E365498D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12165232" y="2803574"/>
-          <a:ext cx="434147" cy="334268"/>
+          <a:off x="13794642" y="2811829"/>
+          <a:ext cx="437957" cy="339348"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>25</xdr:col>
+      <xdr:colOff>2015102</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>850003</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>84898</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>873194</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="63" name="正方形/長方形 62">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15ACE62C-14ED-4A16-951D-E1BC2C2264CA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="24319477" y="3694803"/>
+          <a:ext cx="352621" cy="1369391"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="3175">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="15000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>）</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>437445</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>211666</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>2210744</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>63902</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="図 64">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00E64C7C-A4DD-485B-A789-CE477AFC10AD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="22055667" y="211666"/>
+          <a:ext cx="2422410" cy="357061"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>32</xdr:col>
-      <xdr:colOff>352629</xdr:colOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>295276</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>34</xdr:col>
-      <xdr:colOff>147956</xdr:colOff>
+      <xdr:col>24</xdr:col>
+      <xdr:colOff>141605</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>155882</xdr:rowOff>
+      <xdr:rowOff>162232</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26265DB2-EC60-4442-B64B-BFF237F789F6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="19705320" y="295276"/>
           <a:ext cx="2426335" cy="363526"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>568038</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>421821</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>457200</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1177636</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="線吹き出し 1 (枠付き) 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A17CA5B2-79D4-420B-AD90-20EF1C791146}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1261458" y="1427661"/>
           <a:ext cx="6198522" cy="755815"/>
         </a:xfrm>
         <a:prstGeom prst="borderCallout1">
           <a:avLst>
             <a:gd name="adj1" fmla="val 86129"/>
             <a:gd name="adj2" fmla="val -231"/>
             <a:gd name="adj3" fmla="val 195069"/>
@@ -8162,57 +9467,57 @@
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>全員同日予約</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>等の希望があれば欄内にご記入ください。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="テキスト ボックス 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F734A15C-1239-418C-A997-07E590915D11}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11982352" y="2567354"/>
           <a:ext cx="434147" cy="570488"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -8227,57 +9532,57 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>27</xdr:col>
+      <xdr:col>22</xdr:col>
       <xdr:colOff>553014</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>859528</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>33</xdr:col>
+      <xdr:col>23</xdr:col>
       <xdr:colOff>242060</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>882719</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="正方形/長方形 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73DC8E9B-6559-406E-B160-915703C24FAD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="19603014" y="3694168"/>
           <a:ext cx="344366" cy="1364311"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="3175">
@@ -8298,57 +9603,57 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>（</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>33</xdr:col>
+      <xdr:col>23</xdr:col>
       <xdr:colOff>2015102</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>850003</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>34</xdr:col>
+      <xdr:col>24</xdr:col>
       <xdr:colOff>84898</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>873194</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="7" name="正方形/長方形 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80F9D5C3-275F-4DF3-8287-9C9690FBCB3C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="21720422" y="3684643"/>
           <a:ext cx="348176" cy="1364311"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="3175">
@@ -8369,57 +9674,57 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>）</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="8" name="テキスト ボックス 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A07917F6-5C65-42EF-B99F-A9895CDED2B6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11982352" y="4144694"/>
           <a:ext cx="434147" cy="334268"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -8434,57 +9739,57 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="9" name="テキスト ボックス 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9156F1F-C384-4112-BF5D-63554E698077}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11982352" y="2567354"/>
           <a:ext cx="434147" cy="265688"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -8574,57 +9879,57 @@
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="36576" tIns="22860" rIns="0" bIns="0" anchor="ctr" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>記入例↑</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>11</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>43543</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>707572</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>18</xdr:col>
+      <xdr:col>13</xdr:col>
       <xdr:colOff>75364</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1170751</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="11" name="吹き出し: 四角形 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B06EB740-4D95-489D-883E-EB10C1B6B5AC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11299372" y="1709058"/>
           <a:ext cx="2677049" cy="463179"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -15313"/>
             <a:gd name="adj2" fmla="val 117769"/>
           </a:avLst>
@@ -8654,57 +9959,57 @@
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="ja-JP" sz="1200" b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>いずれかに○をご記入ください</a:t>
           </a:r>
           <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="1200" b="1">
             <a:effectLst/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>10</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1343892</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>11</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>678873</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>1217989</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="12" name="正方形/長方形 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04641370-ED5B-4A60-AF5C-9E4DF81D4D9F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="10266218" y="2341419"/>
           <a:ext cx="1482437" cy="3046788"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="38100">
@@ -8720,113 +10025,113 @@
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>10</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>5022</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>1231844</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>5022</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>45934</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="13" name="直線矢印コネクタ 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11D77D1D-D4B6-4945-8494-E7AFA4471C26}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="10271240" y="5402062"/>
           <a:ext cx="0" cy="767581"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="FF0000"/>
           </a:solidFill>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>11</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>472266</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>308500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>16</xdr:col>
+      <xdr:col>11</xdr:col>
       <xdr:colOff>387927</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>435327</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="14" name="吹き出し: 四角形 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15825DEF-4EB9-42F8-B318-AA25744F0067}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11542048" y="6432209"/>
           <a:ext cx="1259552" cy="833409"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -47315"/>
             <a:gd name="adj2" fmla="val -107121"/>
           </a:avLst>
@@ -8878,76 +10183,76 @@
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>で</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>ご記入ください</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
+      <xdr:col>7</xdr:col>
       <xdr:colOff>1454727</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>83128</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>615305</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>540760</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="15" name="グループ化 14">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{090E3475-8E7D-42EB-939D-0BECA807598C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="9906000" y="6190673"/>
-          <a:ext cx="1169487" cy="1173451"/>
+          <a:off x="10884477" y="6242628"/>
+          <a:ext cx="1160828" cy="1172007"/>
           <a:chOff x="6204857" y="7258858"/>
           <a:chExt cx="1502825" cy="1491938"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="16" name="図 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D20AD5F-DB8F-7419-2C7D-00F0BB62B866}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -8999,75 +10304,75 @@
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800"/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>1691466</xdr:colOff>
+      <xdr:colOff>1612091</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>169955</xdr:rowOff>
+      <xdr:rowOff>185830</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>762000</xdr:colOff>
+      <xdr:colOff>682625</xdr:colOff>
       <xdr:row>10</xdr:row>
-      <xdr:rowOff>302784</xdr:rowOff>
+      <xdr:rowOff>318659</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="18" name="吹き出し: 四角形 17">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71FD1424-D1EC-48A4-A8E1-6AE75BEEAA38}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4905721" y="6293664"/>
-          <a:ext cx="1314970" cy="839411"/>
+          <a:off x="5406216" y="6345330"/>
+          <a:ext cx="1324784" cy="847204"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -10066"/>
             <a:gd name="adj2" fmla="val -92789"/>
           </a:avLst>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent5"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent5"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
@@ -9100,57 +10405,57 @@
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>で</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1050">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>ご記入ください</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>24</xdr:col>
+      <xdr:col>19</xdr:col>
       <xdr:colOff>96982</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>138546</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>27</xdr:col>
+      <xdr:col>22</xdr:col>
       <xdr:colOff>370584</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>312445</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="29" name="正方形/長方形 28">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90558C46-7A27-45CC-B35D-6523A331B6F2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="17664546" y="138546"/>
           <a:ext cx="1714474" cy="672663"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
@@ -9434,51 +10739,51 @@
             <a:t>不可</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>】</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>356407</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>665017</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
+      <xdr:col>7</xdr:col>
       <xdr:colOff>1946860</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>557646</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="31" name="正方形/長方形 30">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{426C8E09-FC62-4008-8CC2-185597EC1A27}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5274771" y="8201890"/>
           <a:ext cx="4929398" cy="2012374"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
@@ -9559,57 +10864,57 @@
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>◎マイナポータル</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>20</xdr:col>
+      <xdr:col>15</xdr:col>
       <xdr:colOff>353432</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>692727</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>33</xdr:col>
+      <xdr:col>23</xdr:col>
       <xdr:colOff>1632232</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>565042</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="32" name="吹き出し: 四角形 24">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22483C24-5297-411F-B5B4-FD0186A94F3A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="15233214" y="8229600"/>
           <a:ext cx="6058618" cy="1285478"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val 31179"/>
             <a:gd name="adj2" fmla="val -194114"/>
           </a:avLst>
@@ -9672,57 +10977,57 @@
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1600">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>　項目を希望する場合は、こちらにご記入ください。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1600">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>10</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>443345</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>692728</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>19</xdr:col>
+      <xdr:col>14</xdr:col>
       <xdr:colOff>469026</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>564127</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="33" name="吹き出し: 四角形 24">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CBF57BD-414F-43EB-8F7E-E29C5D2E11D9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="10709563" y="8229601"/>
           <a:ext cx="4057354" cy="1284562"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -48750"/>
             <a:gd name="adj2" fmla="val -109867"/>
           </a:avLst>
@@ -9792,51 +11097,51 @@
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1600">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>ご覧いただけます。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1600">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
+      <xdr:col>7</xdr:col>
       <xdr:colOff>18011</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>116577</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2031325" cy="864660"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="19" name="テキスト ボックス 18">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C7FA221-AAEB-4B0E-B97E-3C9FAD5A4DBA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8415251" y="4292337"/>
           <a:ext cx="2031325" cy="864660"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
@@ -9868,57 +11173,57 @@
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200"/>
             <a:t>来院確認・緊急時の連絡</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200"/>
             <a:t>などに利用します。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="20" name="テキスト ボックス 19">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD6C8FA0-7730-4F18-A39C-9735A0E718AF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12119512" y="2567354"/>
           <a:ext cx="434147" cy="570488"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -9933,57 +11238,57 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="21" name="テキスト ボックス 20">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91C8DC5B-0A63-4608-81DC-81742E3C9679}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12119512" y="4144694"/>
           <a:ext cx="434147" cy="334268"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -9998,57 +11303,57 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="22" name="テキスト ボックス 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E30E451-DBDF-467F-90CB-BA59BE183774}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12119512" y="2567354"/>
           <a:ext cx="434147" cy="265688"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -10063,57 +11368,57 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="23" name="テキスト ボックス 22">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE95B837-962F-4DAA-9D17-EC27F3794575}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12119512" y="2803574"/>
           <a:ext cx="434147" cy="1370588"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -10128,57 +11433,57 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="24" name="テキスト ボックス 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4E76FDC-329C-4B48-A0F4-811270DE23E2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12119512" y="2803574"/>
           <a:ext cx="434147" cy="334268"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -10193,57 +11498,57 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>224692</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>205154</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>1024599</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>303202</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="25" name="テキスト ボックス 24">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4034BF2-5C21-4519-888F-7386757EB5B0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12119512" y="2803574"/>
           <a:ext cx="434147" cy="334268"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -10263,121 +11568,121 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2000" b="1" kern="1200">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
+      <xdr:col>21</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>295276</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2422064" cy="366701"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="図 1">
+        <xdr:cNvPr id="8" name="図 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{484E6F3A-AD92-4297-BF54-9886CC5C9AED}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56BC2927-E31A-4C9D-AEE9-2E822A6042F2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="17274540" y="295276"/>
+          <a:off x="23993475" y="292101"/>
           <a:ext cx="2422064" cy="366701"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1016</xdr:colOff>
+      <xdr:colOff>1854063</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>421821</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>1219200</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1333502</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1177636</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="線吹き出し 1 (枠付き) 1">
+        <xdr:cNvPr id="9" name="線吹き出し 1 (枠付き) 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31F4E53F-4A84-468D-AD80-74CACA0D0D23}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C7C1DF6-91E4-408D-91DA-A3BBCFBBC3D6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1497307" y="1419348"/>
-          <a:ext cx="6150402" cy="755815"/>
+          <a:off x="4848088" y="1431471"/>
+          <a:ext cx="5705614" cy="752640"/>
         </a:xfrm>
         <a:prstGeom prst="borderCallout1">
           <a:avLst>
             <a:gd name="adj1" fmla="val 86129"/>
             <a:gd name="adj2" fmla="val -231"/>
             <a:gd name="adj3" fmla="val 154742"/>
             <a:gd name="adj4" fmla="val -7435"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent3">
             <a:lumMod val="20000"/>
             <a:lumOff val="80000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:sysClr val="windowText" lastClr="000000"/>
           </a:solidFill>
           <a:prstDash val="sysDash"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
@@ -10484,301 +11789,301 @@
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>全員同日予約</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>等の希望があれば欄内にご記入ください。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
+      <xdr:col>21</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>226843</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>22</xdr:col>
+      <xdr:col>21</xdr:col>
       <xdr:colOff>340210</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>228660</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5" name="正方形/長方形 4">
+        <xdr:cNvPr id="10" name="正方形/長方形 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3661733-2B9C-46AC-B88A-CBE98F4DC408}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4589F1F-0500-4B50-8173-DD2412928D49}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="17941636" y="3441098"/>
-          <a:ext cx="340210" cy="888507"/>
+          <a:off x="23993475" y="3455818"/>
+          <a:ext cx="340210" cy="887642"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="3175">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="15000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>（</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
+      <xdr:col>21</xdr:col>
       <xdr:colOff>1917309</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>232558</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>22</xdr:col>
+      <xdr:col>21</xdr:col>
       <xdr:colOff>2259250</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>219135</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="6" name="正方形/長方形 5">
+        <xdr:cNvPr id="11" name="正方形/長方形 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{086D1947-EE64-4D5A-B2F0-3B576C01CC52}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F732AF2-58E2-4E53-850C-0714DE79B3CC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="19858945" y="3446813"/>
-          <a:ext cx="341941" cy="873267"/>
+          <a:off x="25907609" y="3464708"/>
+          <a:ext cx="341941" cy="866052"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="3175">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="15000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>）</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
-      <xdr:colOff>45720</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1841863</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>472144</xdr:rowOff>
+      <xdr:rowOff>562859</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2031325" cy="864660"/>
+    <xdr:ext cx="2145030" cy="864660"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="7" name="テキスト ボックス 6">
+        <xdr:cNvPr id="12" name="テキスト ボックス 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1ECA8035-F190-44B1-8530-FA900134003F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77D5D839-2739-4698-BF3F-52D04266EDDF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="7277793" y="3686399"/>
-          <a:ext cx="2031325" cy="864660"/>
+          <a:off x="11067506" y="3774145"/>
+          <a:ext cx="2145030" cy="864660"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
-        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200"/>
             <a:t>受診履歴の確認及び当日の</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200"/>
             <a:t>来院確認・緊急時の連絡</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200"/>
             <a:t>などに利用します。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>13</xdr:col>
-      <xdr:colOff>55418</xdr:colOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>1406238</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>637309</xdr:rowOff>
+      <xdr:rowOff>619991</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>21</xdr:col>
-      <xdr:colOff>511602</xdr:colOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>17319</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>1254578</xdr:rowOff>
+      <xdr:rowOff>1237260</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="4" name="線吹き出し 1 (枠付き) 1">
+        <xdr:cNvPr id="13" name="線吹き出し 1 (枠付き) 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E7F52AD-7920-43F9-B70A-12A9825BD8DE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EECFAC71-C484-4CEF-AB2A-E1DBDE64FE83}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12178145" y="1634836"/>
-          <a:ext cx="6275093" cy="617269"/>
+          <a:off x="12490163" y="1626466"/>
+          <a:ext cx="4491181" cy="620444"/>
         </a:xfrm>
         <a:prstGeom prst="borderCallout1">
           <a:avLst>
-            <a:gd name="adj1" fmla="val 107299"/>
-[...2 lines deleted...]
-            <a:gd name="adj4" fmla="val -2799"/>
+            <a:gd name="adj1" fmla="val 98882"/>
+            <a:gd name="adj2" fmla="val 95482"/>
+            <a:gd name="adj3" fmla="val 175793"/>
+            <a:gd name="adj4" fmla="val 105299"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent3">
             <a:lumMod val="20000"/>
             <a:lumOff val="80000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:sysClr val="windowText" lastClr="000000"/>
           </a:solidFill>
           <a:prstDash val="sysDash"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
@@ -10873,121 +12178,121 @@
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>健保補助を利用した基本健診でご案内します。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>23</xdr:col>
+      <xdr:col>21</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>295276</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2422064" cy="366701"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="図 1">
+        <xdr:cNvPr id="24" name="図 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A59B9FBF-41F2-484C-9FEC-5F5BB4034570}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{649AD149-9895-455C-BD01-12743D6FE4DE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="16527780" y="295276"/>
+          <a:off x="22288500" y="292101"/>
           <a:ext cx="2422064" cy="366701"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1016</xdr:colOff>
+      <xdr:colOff>751114</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>421821</xdr:rowOff>
+      <xdr:rowOff>193221</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>1052945</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>685799</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>1177636</xdr:rowOff>
+      <xdr:rowOff>1208314</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="線吹き出し 1 (枠付き) 1">
+        <xdr:cNvPr id="25" name="線吹き出し 1 (枠付き) 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{483BF3A1-BDB4-4FA3-9EE1-305401794023}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{878DC573-66A0-4B96-B954-356ADD0DCBDC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1497307" y="1419348"/>
-          <a:ext cx="6275093" cy="755815"/>
+          <a:off x="3745139" y="1202871"/>
+          <a:ext cx="5341710" cy="1018268"/>
         </a:xfrm>
         <a:prstGeom prst="borderCallout1">
           <a:avLst>
             <a:gd name="adj1" fmla="val 86129"/>
             <a:gd name="adj2" fmla="val -231"/>
             <a:gd name="adj3" fmla="val 154742"/>
             <a:gd name="adj4" fmla="val -7435"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent3">
             <a:lumMod val="20000"/>
             <a:lumOff val="80000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:sysClr val="windowText" lastClr="000000"/>
           </a:solidFill>
           <a:prstDash val="sysDash"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
@@ -11035,51 +12340,71 @@
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>日</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>1</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
-            <a:t>名様ずつこちらで振り分けます。</a:t>
+            <a:t>名様ずつ</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+            <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>こちらで振り分けます。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1" u="sng">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>曜日指定</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
@@ -11094,141 +12419,212 @@
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>全員同日予約</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>等の希望があれば欄内にご記入ください。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
-      <xdr:colOff>1917309</xdr:colOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>218704</xdr:rowOff>
+      <xdr:rowOff>226843</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>22</xdr:col>
-      <xdr:colOff>2259250</xdr:colOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>340210</xdr:colOff>
       <xdr:row>6</xdr:row>
-      <xdr:rowOff>205281</xdr:rowOff>
+      <xdr:rowOff>228660</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5" name="正方形/長方形 4">
+        <xdr:cNvPr id="26" name="正方形/長方形 25">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AF17877-A3D1-4341-A868-CC3E8825630A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{597DF22A-9DC6-4690-91EC-3EF6A4D540E6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="19526436" y="3432959"/>
-          <a:ext cx="341941" cy="873267"/>
+          <a:off x="22288500" y="3455818"/>
+          <a:ext cx="340210" cy="887642"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="3175">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="15000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>（</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>1917309</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>232558</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>2259250</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>219135</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="27" name="正方形/長方形 26">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80D66B6C-433B-4053-BC4B-EAE358F8414E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="24202634" y="3464708"/>
+          <a:ext cx="341941" cy="866052"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="3175">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="15000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>）</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
+      <xdr:col>7</xdr:col>
       <xdr:colOff>45720</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>621575</xdr:rowOff>
+      <xdr:rowOff>472144</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2031325" cy="864660"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="6" name="テキスト ボックス 5">
+        <xdr:cNvPr id="28" name="テキスト ボックス 27">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC6ABFF3-F161-475C-8392-2166E8AE7F03}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D15BB8EB-E971-4B79-A86E-38902E42CC5F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="7568738" y="3835830"/>
+          <a:off x="10250170" y="3697944"/>
           <a:ext cx="2031325" cy="864660"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
@@ -11241,500 +12637,533 @@
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200"/>
             <a:t>来院確認・緊急時の連絡</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200"/>
             <a:t>などに利用します。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>860960</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>648195</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>261256</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1265464</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="29" name="線吹き出し 1 (枠付き) 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AA182D5-6CC5-42D8-9208-7E3EA45D4134}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11065410" y="1657845"/>
+          <a:ext cx="4451721" cy="620444"/>
+        </a:xfrm>
+        <a:prstGeom prst="borderCallout1">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 87900"/>
+            <a:gd name="adj2" fmla="val 99281"/>
+            <a:gd name="adj3" fmla="val 173709"/>
+            <a:gd name="adj4" fmla="val 98927"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:sysClr val="windowText" lastClr="000000"/>
+          </a:solidFill>
+          <a:prstDash val="sysDash"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>若年層健診対象（</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>20</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>・</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>25</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>・</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>30</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>歳）の方は自動的に</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+            <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>健保補助を利用した基本健診でご案内します。</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>1045028</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>92529</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>465872</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>274031</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="30" name="正方形/長方形 29">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FDBA840-8564-4572-AB5C-E0647F2A35F7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="20428403" y="92529"/>
+          <a:ext cx="1719544" cy="689502"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent2"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent2"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="4000" b="1">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>見本</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>19</xdr:col>
+      <xdr:colOff>337457</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>304800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>9632</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1190376</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="31" name="吹き出し: 四角形 30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C938D64-FA47-416C-82B8-DA5739356A93}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21403582" y="1314450"/>
+          <a:ext cx="3167850" cy="888751"/>
+        </a:xfrm>
+        <a:prstGeom prst="wedgeRectCallout">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 22342"/>
+            <a:gd name="adj2" fmla="val 88783"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="bg2">
+              <a:lumMod val="50000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent4"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="lt1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent4"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600">
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>胃部検査をキャンセルする場合は</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1600">
+            <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600">
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>「</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600" b="1">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>胃キャンセル</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600">
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>」とこちら</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>に</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1600">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="ja-JP" sz="1600">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>ご記入ください。</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1600">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>595745</xdr:colOff>
+      <xdr:colOff>1828800</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>110837</xdr:rowOff>
+      <xdr:rowOff>97971</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>720352</xdr:colOff>
+      <xdr:colOff>623717</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>640676</xdr:rowOff>
+      <xdr:rowOff>625905</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="7" name="Text Box 2">
+        <xdr:cNvPr id="32" name="Text Box 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1BF3E73-7F44-4D3A-835E-FBA7EF90E3EB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFD0A4D0-73DC-4A95-991C-506AD13DB14D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="1288472" y="5417128"/>
-          <a:ext cx="2590716" cy="529839"/>
+          <a:off x="2524125" y="5727246"/>
+          <a:ext cx="2601742" cy="527934"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="36576" tIns="22860" rIns="0" bIns="0" anchor="ctr" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>記入例↑</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>10393</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>751115</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>370115</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...58 lines deleted...]
-      <xdr:rowOff>5862</xdr:rowOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>378187</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>505154</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="9" name="正方形/長方形 8">
+        <xdr:cNvPr id="33" name="吹き出し: 四角形 32">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AA380A6-618A-48DB-87AB-312C948D126F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E709D1AE-88D0-49A4-B3E5-B9FD452E9202}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9722320" y="2376055"/>
-[...186 lines deleted...]
-          <a:ext cx="1328867" cy="831679"/>
+          <a:off x="6926490" y="6002565"/>
+          <a:ext cx="1309822" cy="843064"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRectCallout">
           <a:avLst>
-            <a:gd name="adj1" fmla="val -38653"/>
-[...102 lines deleted...]
-            <a:gd name="adj2" fmla="val -92789"/>
+            <a:gd name="adj1" fmla="val 40455"/>
+            <a:gd name="adj2" fmla="val -109584"/>
           </a:avLst>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent5"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent5"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1200" b="1">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
@@ -11762,76 +13191,318 @@
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>で</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1050">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1050">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>ご記入ください</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>69273</xdr:rowOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>69272</xdr:rowOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>18065</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>520300</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="15" name="正方形/長方形 14">
+        <xdr:cNvPr id="34" name="正方形/長方形 33">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4336E30-69FD-4430-ADED-6B4A687C3806}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9483768F-D981-4637-80A0-0A259DF24FED}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="332509" y="7287491"/>
-          <a:ext cx="4840209" cy="1995054"/>
+          <a:off x="12363450" y="2371725"/>
+          <a:ext cx="1494440" cy="2523725"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="38100">
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>14860</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>478971</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>14860</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>696459</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="35" name="直線矢印コネクタ 34">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9E81D25-C6EF-4BB2-96C5-FFFBA15B1AD6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12375135" y="4850946"/>
+          <a:ext cx="0" cy="757238"/>
+        </a:xfrm>
+        <a:prstGeom prst="straightConnector1">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="57150">
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+          <a:tailEnd type="triangle"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>1629723</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>30643</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>625578</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>479575</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="36" name="グループ化 35">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B53FB20E-40B3-4F80-8AAA-5281564DB050}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
+        <a:xfrm>
+          <a:off x="12147632" y="5641734"/>
+          <a:ext cx="1166401" cy="1164750"/>
+          <a:chOff x="6204857" y="7258858"/>
+          <a:chExt cx="1502825" cy="1491938"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:pic>
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="37" name="図 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C4D4168-7EBB-46AD-3A7F-15BCCDF5A83C}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </xdr:blipFill>
+        <xdr:spPr>
+          <a:xfrm>
+            <a:off x="6215744" y="7258858"/>
+            <a:ext cx="1491938" cy="1491938"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </xdr:spPr>
+      </xdr:pic>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="38" name="正方形/長方形 37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E89ABC3-B85A-6B1A-729A-009A247D8333}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr/>
+        </xdr:nvSpPr>
+        <xdr:spPr>
+          <a:xfrm>
+            <a:off x="6204857" y="7260771"/>
+            <a:ext cx="1502229" cy="1469571"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </xdr:spPr>
+        <xdr:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </xdr:style>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800"/>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>228600</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>2720</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>582100</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>99743</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="39" name="正方形/長方形 38">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C3B67CB-871D-42FE-B362-70271594F673}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="228600" y="7807447"/>
+          <a:ext cx="4856227" cy="1875023"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400">
@@ -12025,76 +13696,76 @@
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>不可</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400" b="1">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>】</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>69273</xdr:rowOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>870476</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>2721</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-      <xdr:colOff>708314</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>889000</xdr:colOff>
       <xdr:row>21</xdr:row>
-      <xdr:rowOff>110836</xdr:rowOff>
+      <xdr:rowOff>219364</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="16" name="正方形/長方形 15">
+        <xdr:cNvPr id="40" name="正方形/長方形 39">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97725C0A-1641-4966-ACCB-C92F7D25B35A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6DAE96D-E1D1-4FC8-B319-69B5713137E1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5467349" y="7287491"/>
-          <a:ext cx="2763983" cy="2036618"/>
+          <a:off x="5373203" y="7807448"/>
+          <a:ext cx="3920888" cy="1994643"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent2"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:r>
@@ -12156,211 +13827,76 @@
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>◎マイナポータル</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1400">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>19</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>55419</xdr:rowOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>614877</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>137886</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>23</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>1311109</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>671849</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>23091</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="17" name="吹き出し: 四角形 16">
+        <xdr:cNvPr id="41" name="吹き出し: 四角形 40">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92B88AB6-6E9C-4576-8034-9822391E8CAC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F89D0999-D13F-4D62-8696-1A9257BADBD5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="17526000" y="1052946"/>
-[...135 lines deleted...]
-          <a:ext cx="3018559" cy="1264299"/>
+          <a:off x="10821059" y="7688613"/>
+          <a:ext cx="3024154" cy="1409205"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -5681"/>
             <a:gd name="adj2" fmla="val -110912"/>
           </a:avLst>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent4"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent4"/>
         </a:effectRef>
@@ -12447,534 +13983,161 @@
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="1600">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>ご覧いただけます。</a:t>
           </a:r>
           <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="1600">
             <a:effectLst/>
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>19</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>180109</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>386442</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>674915</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>350544</xdr:rowOff>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>511628</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1130474</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="20" name="正方形/長方形 19">
+        <xdr:cNvPr id="42" name="吹き出し: 四角形 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA21E3D-BCB4-45A1-B4B2-7CFC9BAC2FEC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDFEB623-06CA-4147-875D-8EA71E3A39FF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="15724909" y="180109"/>
-[...65 lines deleted...]
-          <a:ext cx="2677049" cy="463179"/>
+          <a:off x="15648667" y="1687740"/>
+          <a:ext cx="2560411" cy="455559"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRectCallout">
           <a:avLst>
-            <a:gd name="adj1" fmla="val -15313"/>
-            <a:gd name="adj2" fmla="val 117769"/>
+            <a:gd name="adj1" fmla="val 14497"/>
+            <a:gd name="adj2" fmla="val 127327"/>
           </a:avLst>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="accent4"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent6"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent6"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="ja-JP" sz="1200" b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>いずれかに○をご記入ください</a:t>
           </a:r>
           <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="1200" b="1">
             <a:effectLst/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>13855</xdr:rowOff>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>293914</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>195943</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>23</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>15671</xdr:rowOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>2033520</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>230909</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="22" name="正方形/長方形 21">
+        <xdr:cNvPr id="43" name="吹き出し: 四角形 42">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D784505D-5516-4E1A-8F4B-D9D783408B95}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A459CA3C-E4E9-40F3-9194-CA36A60AE8F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="19133127" y="3629891"/>
-[...308 lines deleted...]
-          <a:ext cx="4655128" cy="1255690"/>
+          <a:off x="19713369" y="7238670"/>
+          <a:ext cx="4660606" cy="1304966"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRectCallout">
           <a:avLst>
-            <a:gd name="adj1" fmla="val 21169"/>
-            <a:gd name="adj2" fmla="val -192569"/>
+            <a:gd name="adj1" fmla="val 31010"/>
+            <a:gd name="adj2" fmla="val -189067"/>
           </a:avLst>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent4"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent4"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
@@ -13006,50 +14169,196 @@
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>協会けんぽの補助以外で</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1600">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1600">
               <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
               <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>　項目を希望する場合は、こちらにご記入ください。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1600">
             <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
             <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>304800</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>76199</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>184068</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>693468</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="44" name="線吹き出し 1 (枠付き) 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FF973C3-9274-46F7-9183-B2985E647B59}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="16173450" y="5705474"/>
+          <a:ext cx="4467143" cy="620444"/>
+        </a:xfrm>
+        <a:prstGeom prst="borderCallout1">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val -7331"/>
+            <a:gd name="adj2" fmla="val 39900"/>
+            <a:gd name="adj3" fmla="val -175470"/>
+            <a:gd name="adj4" fmla="val 14237"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="20000"/>
+            <a:lumOff val="80000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:sysClr val="windowText" lastClr="000000"/>
+          </a:solidFill>
+          <a:prstDash val="sysDash"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>節目健診をご希望の方は必ず「</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>一般健診</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>」と「</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>節目健診</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>」</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>両方に〇</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1400" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="BIZ UDPゴシック" panose="020B0400000000000000" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>をつけてください。</a:t>
+          </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -13339,6832 +14648,6818 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AM50"/>
+  <dimension ref="A1:AM51"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScale="85" zoomScaleNormal="25" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0">
       <selection activeCell="Z3" sqref="Z3:AB3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.58203125" defaultRowHeight="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="35" width="3.58203125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" ht="40.5" customHeight="1" x14ac:dyDescent="1.1000000000000001">
-      <c r="A1" s="194" t="s">
-[...37 lines deleted...]
-      <c r="AI1" s="195"/>
+      <c r="A1" s="229" t="s">
+        <v>85</v>
+      </c>
+      <c r="B1" s="229"/>
+      <c r="C1" s="229"/>
+      <c r="D1" s="229"/>
+      <c r="E1" s="229"/>
+      <c r="F1" s="229"/>
+      <c r="G1" s="229"/>
+      <c r="H1" s="229"/>
+      <c r="I1" s="229"/>
+      <c r="J1" s="229"/>
+      <c r="K1" s="229"/>
+      <c r="L1" s="229"/>
+      <c r="M1" s="229"/>
+      <c r="N1" s="229"/>
+      <c r="O1" s="229"/>
+      <c r="P1" s="229"/>
+      <c r="Q1" s="229"/>
+      <c r="R1" s="229"/>
+      <c r="S1" s="229"/>
+      <c r="T1" s="229"/>
+      <c r="U1" s="229"/>
+      <c r="V1" s="229"/>
+      <c r="W1" s="229"/>
+      <c r="X1" s="229"/>
+      <c r="Y1" s="229"/>
+      <c r="Z1" s="230" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA1" s="230"/>
+      <c r="AB1" s="230"/>
+      <c r="AC1" s="230"/>
+      <c r="AD1" s="230"/>
+      <c r="AE1" s="230"/>
+      <c r="AF1" s="230"/>
+      <c r="AG1" s="230"/>
+      <c r="AH1" s="230"/>
+      <c r="AI1" s="230"/>
     </row>
     <row r="2" spans="1:39" ht="4.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="11"/>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
       <c r="AC2" s="2"/>
       <c r="AD2" s="2"/>
       <c r="AE2" s="2"/>
       <c r="AF2" s="2"/>
       <c r="AG2" s="2"/>
       <c r="AH2" s="2"/>
       <c r="AI2" s="2"/>
     </row>
     <row r="3" spans="1:39" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="12"/>
       <c r="B3" s="13"/>
       <c r="C3" s="13"/>
       <c r="D3" s="13"/>
       <c r="E3" s="13"/>
-      <c r="W3" s="197" t="s">
+      <c r="W3" s="232" t="s">
         <v>0</v>
       </c>
-      <c r="X3" s="197"/>
-[...3 lines deleted...]
-      <c r="AB3" s="198"/>
+      <c r="X3" s="232"/>
+      <c r="Y3" s="232"/>
+      <c r="Z3" s="233"/>
+      <c r="AA3" s="233"/>
+      <c r="AB3" s="233"/>
       <c r="AC3" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="AD3" s="198"/>
-      <c r="AE3" s="198"/>
+      <c r="AD3" s="233"/>
+      <c r="AE3" s="233"/>
       <c r="AF3" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="AG3" s="198"/>
-      <c r="AH3" s="198"/>
+      <c r="AG3" s="233"/>
+      <c r="AH3" s="233"/>
       <c r="AI3" s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:39" ht="9.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="14"/>
       <c r="B4" s="13"/>
       <c r="C4" s="15"/>
       <c r="D4" s="15"/>
       <c r="E4" s="15"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="W4" s="5"/>
       <c r="X4" s="5"/>
       <c r="Y4" s="5"/>
       <c r="Z4" s="5"/>
       <c r="AA4" s="5"/>
       <c r="AB4" s="5"/>
       <c r="AC4" s="4"/>
       <c r="AD4" s="5"/>
       <c r="AE4" s="5"/>
       <c r="AF4" s="4"/>
       <c r="AG4" s="5"/>
       <c r="AH4" s="5"/>
       <c r="AI4" s="4"/>
     </row>
     <row r="5" spans="1:39" ht="29.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A5" s="111" t="s">
-[...35 lines deleted...]
-      <c r="AI5" s="111"/>
+      <c r="A5" s="148" t="s">
+        <v>119</v>
+      </c>
+      <c r="B5" s="148"/>
+      <c r="C5" s="148"/>
+      <c r="D5" s="148"/>
+      <c r="E5" s="148"/>
+      <c r="F5" s="148"/>
+      <c r="G5" s="148"/>
+      <c r="H5" s="148"/>
+      <c r="I5" s="148"/>
+      <c r="J5" s="148"/>
+      <c r="K5" s="148"/>
+      <c r="L5" s="148"/>
+      <c r="M5" s="148"/>
+      <c r="N5" s="148"/>
+      <c r="O5" s="148"/>
+      <c r="P5" s="148"/>
+      <c r="Q5" s="148"/>
+      <c r="R5" s="148"/>
+      <c r="S5" s="148"/>
+      <c r="T5" s="148"/>
+      <c r="U5" s="148"/>
+      <c r="V5" s="148"/>
+      <c r="W5" s="148"/>
+      <c r="X5" s="148"/>
+      <c r="Y5" s="148"/>
+      <c r="Z5" s="148"/>
+      <c r="AA5" s="148"/>
+      <c r="AB5" s="148"/>
+      <c r="AC5" s="148"/>
+      <c r="AD5" s="148"/>
+      <c r="AE5" s="148"/>
+      <c r="AF5" s="148"/>
+      <c r="AG5" s="148"/>
+      <c r="AH5" s="148"/>
+      <c r="AI5" s="148"/>
     </row>
     <row r="6" spans="1:39" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A6" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
       <c r="T6" s="6"/>
       <c r="U6" s="17"/>
       <c r="V6" s="18" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="W6" s="18"/>
       <c r="X6" s="17"/>
       <c r="Y6" s="17"/>
       <c r="Z6" s="17"/>
       <c r="AA6" s="17"/>
       <c r="AB6" s="17"/>
       <c r="AC6" s="17"/>
       <c r="AD6" s="17"/>
       <c r="AE6" s="17"/>
       <c r="AF6" s="17"/>
       <c r="AG6" s="17"/>
       <c r="AH6" s="17"/>
       <c r="AI6" s="17"/>
     </row>
     <row r="7" spans="1:39" ht="19.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A7" s="199" t="s">
-[...39 lines deleted...]
-      <c r="AI7" s="203"/>
+      <c r="A7" s="234" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="235"/>
+      <c r="C7" s="235"/>
+      <c r="D7" s="236"/>
+      <c r="E7" s="256"/>
+      <c r="F7" s="257"/>
+      <c r="G7" s="257"/>
+      <c r="H7" s="257"/>
+      <c r="I7" s="257"/>
+      <c r="J7" s="257"/>
+      <c r="K7" s="257"/>
+      <c r="L7" s="257"/>
+      <c r="M7" s="257"/>
+      <c r="N7" s="257"/>
+      <c r="O7" s="257"/>
+      <c r="P7" s="257"/>
+      <c r="Q7" s="257"/>
+      <c r="R7" s="257"/>
+      <c r="S7" s="257"/>
+      <c r="T7" s="257"/>
+      <c r="U7" s="257"/>
+      <c r="V7" s="258"/>
+      <c r="W7" s="149" t="s">
+        <v>75</v>
+      </c>
+      <c r="X7" s="150"/>
+      <c r="Y7" s="150"/>
+      <c r="Z7" s="150"/>
+      <c r="AA7" s="151"/>
+      <c r="AB7" s="237" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC7" s="237"/>
+      <c r="AD7" s="237"/>
+      <c r="AE7" s="237"/>
+      <c r="AF7" s="237"/>
+      <c r="AG7" s="237"/>
+      <c r="AH7" s="237"/>
+      <c r="AI7" s="238"/>
     </row>
     <row r="8" spans="1:39" ht="43.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A8" s="204" t="s">
-[...35 lines deleted...]
-      <c r="AI8" s="209"/>
+      <c r="A8" s="239" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="240"/>
+      <c r="C8" s="240"/>
+      <c r="D8" s="241"/>
+      <c r="E8" s="259"/>
+      <c r="F8" s="260"/>
+      <c r="G8" s="260"/>
+      <c r="H8" s="260"/>
+      <c r="I8" s="260"/>
+      <c r="J8" s="260"/>
+      <c r="K8" s="260"/>
+      <c r="L8" s="260"/>
+      <c r="M8" s="260"/>
+      <c r="N8" s="260"/>
+      <c r="O8" s="260"/>
+      <c r="P8" s="260"/>
+      <c r="Q8" s="260"/>
+      <c r="R8" s="260"/>
+      <c r="S8" s="260"/>
+      <c r="T8" s="260"/>
+      <c r="U8" s="260"/>
+      <c r="V8" s="261"/>
+      <c r="W8" s="49"/>
+      <c r="X8" s="49"/>
+      <c r="Y8" s="49"/>
+      <c r="Z8" s="49"/>
+      <c r="AA8" s="50"/>
+      <c r="AB8" s="242"/>
+      <c r="AC8" s="243"/>
+      <c r="AD8" s="243"/>
+      <c r="AE8" s="243"/>
+      <c r="AF8" s="243"/>
+      <c r="AG8" s="243"/>
+      <c r="AH8" s="243"/>
+      <c r="AI8" s="244"/>
     </row>
     <row r="9" spans="1:39" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A9" s="210" t="s">
-[...16 lines deleted...]
-      <c r="L9" s="196"/>
+      <c r="A9" s="245" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="246"/>
+      <c r="C9" s="246"/>
+      <c r="D9" s="247"/>
+      <c r="E9" s="251" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="252"/>
+      <c r="G9" s="231" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" s="231"/>
+      <c r="I9" s="231"/>
+      <c r="J9" s="231"/>
+      <c r="K9" s="231"/>
+      <c r="L9" s="231"/>
       <c r="N9" s="19" t="s">
-        <v>19</v>
-[...21 lines deleted...]
-      <c r="AI9" s="28"/>
+        <v>16</v>
+      </c>
+      <c r="O9" s="23"/>
+      <c r="P9" s="23"/>
+      <c r="Q9" s="23"/>
+      <c r="R9" s="23"/>
+      <c r="S9" s="23"/>
+      <c r="T9" s="23"/>
+      <c r="U9" s="23"/>
+      <c r="V9" s="23"/>
+      <c r="W9" s="23"/>
+      <c r="X9" s="23"/>
+      <c r="Y9" s="23"/>
+      <c r="Z9" s="23"/>
+      <c r="AA9" s="23"/>
+      <c r="AB9" s="23"/>
+      <c r="AC9" s="23"/>
+      <c r="AD9" s="23"/>
+      <c r="AE9" s="23"/>
+      <c r="AF9" s="23"/>
+      <c r="AG9" s="23"/>
+      <c r="AH9" s="23"/>
+      <c r="AI9" s="24"/>
     </row>
     <row r="10" spans="1:39" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A10" s="213"/>
-[...33 lines deleted...]
-      <c r="AI10" s="220"/>
+      <c r="A10" s="248"/>
+      <c r="B10" s="249"/>
+      <c r="C10" s="249"/>
+      <c r="D10" s="250"/>
+      <c r="E10" s="253"/>
+      <c r="F10" s="254"/>
+      <c r="G10" s="254"/>
+      <c r="H10" s="254"/>
+      <c r="I10" s="254"/>
+      <c r="J10" s="254"/>
+      <c r="K10" s="254"/>
+      <c r="L10" s="254"/>
+      <c r="M10" s="254"/>
+      <c r="N10" s="254"/>
+      <c r="O10" s="254"/>
+      <c r="P10" s="254"/>
+      <c r="Q10" s="254"/>
+      <c r="R10" s="254"/>
+      <c r="S10" s="254"/>
+      <c r="T10" s="254"/>
+      <c r="U10" s="254"/>
+      <c r="V10" s="254"/>
+      <c r="W10" s="254"/>
+      <c r="X10" s="254"/>
+      <c r="Y10" s="254"/>
+      <c r="Z10" s="254"/>
+      <c r="AA10" s="254"/>
+      <c r="AB10" s="254"/>
+      <c r="AC10" s="254"/>
+      <c r="AD10" s="254"/>
+      <c r="AE10" s="254"/>
+      <c r="AF10" s="254"/>
+      <c r="AG10" s="254"/>
+      <c r="AH10" s="254"/>
+      <c r="AI10" s="255"/>
     </row>
     <row r="11" spans="1:39" ht="31.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A11" s="169" t="s">
-[...40 lines deleted...]
-      <c r="AM11" s="32"/>
+      <c r="A11" s="204" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="205"/>
+      <c r="C11" s="205"/>
+      <c r="D11" s="206"/>
+      <c r="E11" s="207"/>
+      <c r="F11" s="208"/>
+      <c r="G11" s="208"/>
+      <c r="H11" s="208"/>
+      <c r="I11" s="208"/>
+      <c r="J11" s="208"/>
+      <c r="K11" s="208"/>
+      <c r="L11" s="208"/>
+      <c r="M11" s="208"/>
+      <c r="N11" s="208"/>
+      <c r="O11" s="208"/>
+      <c r="P11" s="208"/>
+      <c r="Q11" s="209"/>
+      <c r="R11" s="210" t="s">
+        <v>19</v>
+      </c>
+      <c r="S11" s="211"/>
+      <c r="T11" s="211"/>
+      <c r="U11" s="212"/>
+      <c r="V11" s="213" t="s">
+        <v>39</v>
+      </c>
+      <c r="W11" s="214"/>
+      <c r="X11" s="214"/>
+      <c r="Y11" s="214"/>
+      <c r="Z11" s="214"/>
+      <c r="AA11" s="214"/>
+      <c r="AB11" s="214"/>
+      <c r="AC11" s="214"/>
+      <c r="AD11" s="214"/>
+      <c r="AE11" s="214"/>
+      <c r="AF11" s="214"/>
+      <c r="AG11" s="214"/>
+      <c r="AH11" s="214"/>
+      <c r="AI11" s="215"/>
+      <c r="AM11" s="27"/>
     </row>
     <row r="12" spans="1:39" ht="36" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A12" s="186" t="s">
-[...39 lines deleted...]
-      <c r="AI12" s="180"/>
+      <c r="A12" s="221" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="222"/>
+      <c r="C12" s="222"/>
+      <c r="D12" s="222"/>
+      <c r="E12" s="220"/>
+      <c r="F12" s="220"/>
+      <c r="G12" s="220"/>
+      <c r="H12" s="220"/>
+      <c r="I12" s="220"/>
+      <c r="J12" s="220"/>
+      <c r="K12" s="220"/>
+      <c r="L12" s="220"/>
+      <c r="M12" s="220"/>
+      <c r="N12" s="220"/>
+      <c r="O12" s="220"/>
+      <c r="P12" s="220"/>
+      <c r="Q12" s="220"/>
+      <c r="R12" s="267" t="s">
+        <v>60</v>
+      </c>
+      <c r="S12" s="268"/>
+      <c r="T12" s="268"/>
+      <c r="U12" s="269"/>
+      <c r="V12" s="213" t="s">
+        <v>39</v>
+      </c>
+      <c r="W12" s="214"/>
+      <c r="X12" s="214"/>
+      <c r="Y12" s="214"/>
+      <c r="Z12" s="214"/>
+      <c r="AA12" s="214"/>
+      <c r="AB12" s="214"/>
+      <c r="AC12" s="214"/>
+      <c r="AD12" s="214"/>
+      <c r="AE12" s="214"/>
+      <c r="AF12" s="214"/>
+      <c r="AG12" s="214"/>
+      <c r="AH12" s="214"/>
+      <c r="AI12" s="215"/>
     </row>
     <row r="13" spans="1:39" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A13" s="188" t="s">
-[...39 lines deleted...]
-      <c r="AI13" s="180"/>
+      <c r="A13" s="223" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" s="224"/>
+      <c r="C13" s="224"/>
+      <c r="D13" s="225"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="45"/>
+      <c r="G13" s="45"/>
+      <c r="H13" s="45"/>
+      <c r="I13" s="45"/>
+      <c r="J13" s="45"/>
+      <c r="K13" s="45"/>
+      <c r="L13" s="45"/>
+      <c r="M13" s="45"/>
+      <c r="N13" s="45"/>
+      <c r="O13" s="45"/>
+      <c r="P13" s="45"/>
+      <c r="Q13" s="46"/>
+      <c r="R13" s="270" t="s">
+        <v>59</v>
+      </c>
+      <c r="S13" s="246"/>
+      <c r="T13" s="246"/>
+      <c r="U13" s="247"/>
+      <c r="V13" s="214" t="s">
+        <v>39</v>
+      </c>
+      <c r="W13" s="214"/>
+      <c r="X13" s="214"/>
+      <c r="Y13" s="214"/>
+      <c r="Z13" s="214"/>
+      <c r="AA13" s="214"/>
+      <c r="AB13" s="214"/>
+      <c r="AC13" s="214"/>
+      <c r="AD13" s="214"/>
+      <c r="AE13" s="214"/>
+      <c r="AF13" s="214"/>
+      <c r="AG13" s="214"/>
+      <c r="AH13" s="214"/>
+      <c r="AI13" s="215"/>
     </row>
     <row r="14" spans="1:39" ht="20.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-      <c r="A14" s="191"/>
-[...33 lines deleted...]
-      <c r="AI14" s="250"/>
+      <c r="A14" s="226"/>
+      <c r="B14" s="227"/>
+      <c r="C14" s="227"/>
+      <c r="D14" s="228"/>
+      <c r="E14" s="47"/>
+      <c r="F14" s="47"/>
+      <c r="G14" s="47"/>
+      <c r="H14" s="47"/>
+      <c r="I14" s="47"/>
+      <c r="J14" s="47"/>
+      <c r="K14" s="47"/>
+      <c r="L14" s="47"/>
+      <c r="M14" s="47"/>
+      <c r="N14" s="47"/>
+      <c r="O14" s="47"/>
+      <c r="P14" s="47"/>
+      <c r="Q14" s="48"/>
+      <c r="R14" s="271"/>
+      <c r="S14" s="272"/>
+      <c r="T14" s="272"/>
+      <c r="U14" s="273"/>
+      <c r="V14" s="274"/>
+      <c r="W14" s="274"/>
+      <c r="X14" s="274"/>
+      <c r="Y14" s="274"/>
+      <c r="Z14" s="274"/>
+      <c r="AA14" s="274"/>
+      <c r="AB14" s="274"/>
+      <c r="AC14" s="274"/>
+      <c r="AD14" s="274"/>
+      <c r="AE14" s="274"/>
+      <c r="AF14" s="274"/>
+      <c r="AG14" s="274"/>
+      <c r="AH14" s="274"/>
+      <c r="AI14" s="275"/>
     </row>
     <row r="15" spans="1:39" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A15" s="20"/>
       <c r="B15" s="20"/>
       <c r="C15" s="20"/>
       <c r="D15" s="20"/>
       <c r="E15" s="20"/>
       <c r="F15" s="20"/>
       <c r="G15" s="20"/>
       <c r="H15" s="20"/>
       <c r="I15" s="20"/>
       <c r="J15" s="20"/>
       <c r="K15" s="20"/>
       <c r="L15" s="20"/>
       <c r="M15" s="20"/>
       <c r="N15" s="20"/>
       <c r="O15" s="20"/>
       <c r="P15" s="20"/>
       <c r="Q15" s="20"/>
       <c r="R15" s="20"/>
       <c r="S15" s="20"/>
       <c r="T15" s="20"/>
       <c r="U15" s="20"/>
       <c r="V15" s="20"/>
       <c r="W15" s="20"/>
       <c r="X15" s="20"/>
       <c r="Y15" s="20"/>
       <c r="Z15" s="20"/>
       <c r="AA15" s="20"/>
       <c r="AB15" s="20"/>
       <c r="AC15" s="20"/>
       <c r="AD15" s="20"/>
       <c r="AE15" s="20"/>
       <c r="AF15" s="20"/>
       <c r="AG15" s="20"/>
       <c r="AH15" s="20"/>
       <c r="AI15" s="20"/>
     </row>
     <row r="16" spans="1:39" ht="36" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A16" s="259" t="s">
-[...5 lines deleted...]
-      <c r="E16" s="167">
+      <c r="A16" s="262" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="263"/>
+      <c r="C16" s="263"/>
+      <c r="D16" s="263"/>
+      <c r="E16" s="264">
         <v>0</v>
       </c>
-      <c r="F16" s="182"/>
-      <c r="G16" s="181">
+      <c r="F16" s="217"/>
+      <c r="G16" s="216">
         <v>1</v>
       </c>
-      <c r="H16" s="182"/>
-[...28 lines deleted...]
-      <c r="AI16" s="168"/>
+      <c r="H16" s="217"/>
+      <c r="I16" s="216"/>
+      <c r="J16" s="217"/>
+      <c r="K16" s="216"/>
+      <c r="L16" s="217"/>
+      <c r="M16" s="218"/>
+      <c r="N16" s="219"/>
+      <c r="O16" s="218"/>
+      <c r="P16" s="219"/>
+      <c r="Q16" s="218"/>
+      <c r="R16" s="219"/>
+      <c r="S16" s="265"/>
+      <c r="T16" s="266"/>
+      <c r="U16" s="263" t="s">
+        <v>24</v>
+      </c>
+      <c r="V16" s="263"/>
+      <c r="W16" s="263"/>
+      <c r="X16" s="263"/>
+      <c r="Y16" s="264"/>
+      <c r="Z16" s="264"/>
+      <c r="AA16" s="264"/>
+      <c r="AB16" s="264"/>
+      <c r="AC16" s="264"/>
+      <c r="AD16" s="264"/>
+      <c r="AE16" s="264"/>
+      <c r="AF16" s="264"/>
+      <c r="AG16" s="264"/>
+      <c r="AH16" s="264"/>
+      <c r="AI16" s="278"/>
     </row>
     <row r="17" spans="1:35" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-      <c r="A17" s="227" t="s">
-[...37 lines deleted...]
-      <c r="AI17" s="232"/>
+      <c r="A17" s="282" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="283"/>
+      <c r="C17" s="283"/>
+      <c r="D17" s="284"/>
+      <c r="E17" s="285" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" s="286"/>
+      <c r="G17" s="286"/>
+      <c r="H17" s="286"/>
+      <c r="I17" s="286"/>
+      <c r="J17" s="286"/>
+      <c r="K17" s="286"/>
+      <c r="L17" s="286"/>
+      <c r="M17" s="286"/>
+      <c r="N17" s="286"/>
+      <c r="O17" s="286"/>
+      <c r="P17" s="286"/>
+      <c r="Q17" s="286"/>
+      <c r="R17" s="286"/>
+      <c r="S17" s="286"/>
+      <c r="T17" s="286"/>
+      <c r="U17" s="286"/>
+      <c r="V17" s="286"/>
+      <c r="W17" s="286"/>
+      <c r="X17" s="286"/>
+      <c r="Y17" s="286"/>
+      <c r="Z17" s="286"/>
+      <c r="AA17" s="286"/>
+      <c r="AB17" s="286"/>
+      <c r="AC17" s="286"/>
+      <c r="AD17" s="286"/>
+      <c r="AE17" s="286"/>
+      <c r="AF17" s="286"/>
+      <c r="AG17" s="286"/>
+      <c r="AH17" s="286"/>
+      <c r="AI17" s="287"/>
     </row>
-    <row r="18" spans="1:35" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
-[...36 lines deleted...]
-      <c r="AI18" s="20"/>
+    <row r="18" spans="1:35" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18"/>
+      <c r="B18"/>
+      <c r="C18"/>
+      <c r="D18"/>
+      <c r="E18"/>
+      <c r="F18"/>
+      <c r="G18"/>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18"/>
+      <c r="K18"/>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18"/>
+      <c r="W18"/>
+      <c r="X18"/>
+      <c r="Y18"/>
+      <c r="Z18"/>
+      <c r="AA18"/>
+      <c r="AB18"/>
+      <c r="AC18"/>
+      <c r="AD18"/>
+      <c r="AE18"/>
+      <c r="AF18"/>
+      <c r="AG18"/>
+      <c r="AH18"/>
+      <c r="AI18"/>
     </row>
-    <row r="19" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...38 lines deleted...]
-      <c r="AI19" s="252"/>
+    <row r="19" spans="1:35" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A19" s="281" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" s="281"/>
+      <c r="C19" s="281"/>
+      <c r="D19" s="281"/>
+      <c r="E19" s="281"/>
+      <c r="F19" s="281"/>
+      <c r="G19" s="281"/>
+      <c r="H19" s="281"/>
+      <c r="I19" s="281"/>
+      <c r="J19" s="279" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" s="280"/>
+      <c r="L19" s="280"/>
+      <c r="M19" s="280"/>
+      <c r="N19" s="280"/>
+      <c r="O19" s="280"/>
+      <c r="P19" s="280"/>
+      <c r="Q19" s="280"/>
+      <c r="R19" s="280"/>
+      <c r="S19" s="280"/>
+      <c r="T19" s="280"/>
+      <c r="U19" s="280"/>
+      <c r="V19" s="280"/>
+      <c r="W19" s="280"/>
+      <c r="X19" s="280"/>
+      <c r="Y19" s="280"/>
+      <c r="Z19" s="280"/>
+      <c r="AA19" s="280"/>
+      <c r="AB19" s="280"/>
+      <c r="AC19" s="280"/>
+      <c r="AD19" s="280"/>
+      <c r="AE19" s="280"/>
+      <c r="AF19" s="280"/>
+      <c r="AG19" s="280"/>
+      <c r="AH19" s="280"/>
+      <c r="AI19" s="280"/>
     </row>
     <row r="20" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A20" s="236"/>
-[...35 lines deleted...]
-      <c r="AI20" s="255"/>
+      <c r="A20" s="288" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" s="289"/>
+      <c r="C20" s="289"/>
+      <c r="D20" s="290"/>
+      <c r="E20" s="276" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" s="276"/>
+      <c r="G20" s="276"/>
+      <c r="H20" s="276"/>
+      <c r="I20" s="276"/>
+      <c r="J20" s="276"/>
+      <c r="K20" s="276"/>
+      <c r="L20" s="276"/>
+      <c r="M20" s="276"/>
+      <c r="N20" s="276"/>
+      <c r="O20" s="276"/>
+      <c r="P20" s="276"/>
+      <c r="Q20" s="276"/>
+      <c r="R20" s="276"/>
+      <c r="S20" s="276"/>
+      <c r="T20" s="276"/>
+      <c r="U20" s="276"/>
+      <c r="V20" s="276"/>
+      <c r="W20" s="276"/>
+      <c r="X20" s="276"/>
+      <c r="Y20" s="276"/>
+      <c r="Z20" s="276"/>
+      <c r="AA20" s="276"/>
+      <c r="AB20" s="276"/>
+      <c r="AC20" s="276"/>
+      <c r="AD20" s="276"/>
+      <c r="AE20" s="276"/>
+      <c r="AF20" s="276"/>
+      <c r="AG20" s="276"/>
+      <c r="AH20" s="276"/>
+      <c r="AI20" s="277"/>
     </row>
     <row r="21" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A21" s="236"/>
-[...35 lines deleted...]
-      <c r="AI21" s="255"/>
+      <c r="A21" s="291"/>
+      <c r="B21" s="292"/>
+      <c r="C21" s="292"/>
+      <c r="D21" s="293"/>
+      <c r="E21" s="297" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" s="298"/>
+      <c r="G21" s="298"/>
+      <c r="H21" s="298"/>
+      <c r="I21" s="298"/>
+      <c r="J21" s="298"/>
+      <c r="K21" s="298"/>
+      <c r="L21" s="298"/>
+      <c r="M21" s="298"/>
+      <c r="N21" s="298"/>
+      <c r="O21" s="298"/>
+      <c r="P21" s="298"/>
+      <c r="Q21" s="298"/>
+      <c r="R21" s="298"/>
+      <c r="S21" s="298"/>
+      <c r="T21" s="298"/>
+      <c r="U21" s="298"/>
+      <c r="V21" s="298"/>
+      <c r="W21" s="298"/>
+      <c r="X21" s="298"/>
+      <c r="Y21" s="298"/>
+      <c r="Z21" s="298"/>
+      <c r="AA21" s="298"/>
+      <c r="AB21" s="298"/>
+      <c r="AC21" s="298"/>
+      <c r="AD21" s="298"/>
+      <c r="AE21" s="298"/>
+      <c r="AF21" s="298"/>
+      <c r="AG21" s="298"/>
+      <c r="AH21" s="298"/>
+      <c r="AI21" s="299"/>
     </row>
-    <row r="22" spans="1:35" ht="43.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...36 lines deleted...]
-      <c r="AI22" s="258"/>
+    <row r="22" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A22" s="291"/>
+      <c r="B22" s="292"/>
+      <c r="C22" s="292"/>
+      <c r="D22" s="293"/>
+      <c r="E22" s="297" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" s="298"/>
+      <c r="G22" s="298"/>
+      <c r="H22" s="298"/>
+      <c r="I22" s="298"/>
+      <c r="J22" s="298"/>
+      <c r="K22" s="298"/>
+      <c r="L22" s="298"/>
+      <c r="M22" s="298"/>
+      <c r="N22" s="298"/>
+      <c r="O22" s="298"/>
+      <c r="P22" s="298"/>
+      <c r="Q22" s="298"/>
+      <c r="R22" s="298"/>
+      <c r="S22" s="298"/>
+      <c r="T22" s="298"/>
+      <c r="U22" s="298"/>
+      <c r="V22" s="298"/>
+      <c r="W22" s="298"/>
+      <c r="X22" s="298"/>
+      <c r="Y22" s="298"/>
+      <c r="Z22" s="298"/>
+      <c r="AA22" s="298"/>
+      <c r="AB22" s="298"/>
+      <c r="AC22" s="298"/>
+      <c r="AD22" s="298"/>
+      <c r="AE22" s="298"/>
+      <c r="AF22" s="298"/>
+      <c r="AG22" s="298"/>
+      <c r="AH22" s="298"/>
+      <c r="AI22" s="299"/>
     </row>
-    <row r="23" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...36 lines deleted...]
-      <c r="AI23" s="117"/>
+    <row r="23" spans="1:35" ht="43.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A23" s="291"/>
+      <c r="B23" s="292"/>
+      <c r="C23" s="292"/>
+      <c r="D23" s="293"/>
+      <c r="E23" s="300" t="s">
+        <v>144</v>
+      </c>
+      <c r="F23" s="301"/>
+      <c r="G23" s="301"/>
+      <c r="H23" s="301"/>
+      <c r="I23" s="301"/>
+      <c r="J23" s="301"/>
+      <c r="K23" s="301"/>
+      <c r="L23" s="301"/>
+      <c r="M23" s="301"/>
+      <c r="N23" s="301"/>
+      <c r="O23" s="301"/>
+      <c r="P23" s="301"/>
+      <c r="Q23" s="301"/>
+      <c r="R23" s="301"/>
+      <c r="S23" s="301"/>
+      <c r="T23" s="301"/>
+      <c r="U23" s="301"/>
+      <c r="V23" s="301"/>
+      <c r="W23" s="301"/>
+      <c r="X23" s="301"/>
+      <c r="Y23" s="301"/>
+      <c r="Z23" s="301"/>
+      <c r="AA23" s="301"/>
+      <c r="AB23" s="301"/>
+      <c r="AC23" s="301"/>
+      <c r="AD23" s="301"/>
+      <c r="AE23" s="301"/>
+      <c r="AF23" s="301"/>
+      <c r="AG23" s="301"/>
+      <c r="AH23" s="301"/>
+      <c r="AI23" s="302"/>
     </row>
     <row r="24" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A24" s="236"/>
-[...33 lines deleted...]
-      <c r="AI24" s="119"/>
+      <c r="A24" s="291"/>
+      <c r="B24" s="292"/>
+      <c r="C24" s="292"/>
+      <c r="D24" s="293"/>
+      <c r="E24" s="153" t="s">
+        <v>51</v>
+      </c>
+      <c r="F24" s="153"/>
+      <c r="G24" s="153"/>
+      <c r="H24" s="153"/>
+      <c r="I24" s="153"/>
+      <c r="J24" s="153"/>
+      <c r="K24" s="153"/>
+      <c r="L24" s="153"/>
+      <c r="M24" s="153"/>
+      <c r="N24" s="153"/>
+      <c r="O24" s="153"/>
+      <c r="P24" s="153"/>
+      <c r="Q24" s="153"/>
+      <c r="R24" s="153"/>
+      <c r="S24" s="153"/>
+      <c r="T24" s="153"/>
+      <c r="U24" s="153"/>
+      <c r="V24" s="153"/>
+      <c r="W24" s="153"/>
+      <c r="X24" s="153"/>
+      <c r="Y24" s="153"/>
+      <c r="Z24" s="153"/>
+      <c r="AA24" s="153"/>
+      <c r="AB24" s="153"/>
+      <c r="AC24" s="153"/>
+      <c r="AD24" s="153"/>
+      <c r="AE24" s="153"/>
+      <c r="AF24" s="153"/>
+      <c r="AG24" s="153"/>
+      <c r="AH24" s="153"/>
+      <c r="AI24" s="154"/>
     </row>
-    <row r="25" spans="1:35" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...34 lines deleted...]
-      <c r="AI25" s="30"/>
+    <row r="25" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A25" s="291"/>
+      <c r="B25" s="292"/>
+      <c r="C25" s="292"/>
+      <c r="D25" s="293"/>
+      <c r="E25" s="155"/>
+      <c r="F25" s="155"/>
+      <c r="G25" s="155"/>
+      <c r="H25" s="155"/>
+      <c r="I25" s="155"/>
+      <c r="J25" s="155"/>
+      <c r="K25" s="155"/>
+      <c r="L25" s="155"/>
+      <c r="M25" s="155"/>
+      <c r="N25" s="155"/>
+      <c r="O25" s="155"/>
+      <c r="P25" s="155"/>
+      <c r="Q25" s="155"/>
+      <c r="R25" s="155"/>
+      <c r="S25" s="155"/>
+      <c r="T25" s="155"/>
+      <c r="U25" s="155"/>
+      <c r="V25" s="155"/>
+      <c r="W25" s="155"/>
+      <c r="X25" s="155"/>
+      <c r="Y25" s="155"/>
+      <c r="Z25" s="155"/>
+      <c r="AA25" s="155"/>
+      <c r="AB25" s="155"/>
+      <c r="AC25" s="155"/>
+      <c r="AD25" s="155"/>
+      <c r="AE25" s="155"/>
+      <c r="AF25" s="155"/>
+      <c r="AG25" s="155"/>
+      <c r="AH25" s="155"/>
+      <c r="AI25" s="156"/>
     </row>
-    <row r="26" spans="1:35" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
-[...36 lines deleted...]
-      <c r="AI26" s="20"/>
+    <row r="26" spans="1:35" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A26" s="294"/>
+      <c r="B26" s="295"/>
+      <c r="C26" s="295"/>
+      <c r="D26" s="296"/>
+      <c r="E26" s="25"/>
+      <c r="F26" s="25"/>
+      <c r="G26" s="25"/>
+      <c r="H26" s="25"/>
+      <c r="I26" s="25"/>
+      <c r="J26" s="25"/>
+      <c r="K26" s="25"/>
+      <c r="L26" s="25"/>
+      <c r="M26" s="25"/>
+      <c r="N26" s="25"/>
+      <c r="O26" s="25"/>
+      <c r="P26" s="25"/>
+      <c r="Q26" s="25"/>
+      <c r="R26" s="25"/>
+      <c r="S26" s="25"/>
+      <c r="T26" s="25"/>
+      <c r="U26" s="25"/>
+      <c r="V26" s="25"/>
+      <c r="W26" s="25"/>
+      <c r="X26" s="25"/>
+      <c r="Y26" s="25"/>
+      <c r="Z26" s="25"/>
+      <c r="AA26" s="25"/>
+      <c r="AB26" s="25"/>
+      <c r="AC26" s="25"/>
+      <c r="AD26" s="25"/>
+      <c r="AE26" s="25"/>
+      <c r="AF26" s="25"/>
+      <c r="AG26" s="25"/>
+      <c r="AH26" s="25"/>
+      <c r="AI26" s="26"/>
     </row>
-    <row r="27" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...44 lines deleted...]
-      <c r="AI27" s="155"/>
+    <row r="27" spans="1:35" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A27" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="B27" s="20"/>
+      <c r="C27" s="20"/>
+      <c r="D27" s="20"/>
+      <c r="E27" s="20"/>
+      <c r="F27" s="20"/>
+      <c r="G27" s="20"/>
+      <c r="H27" s="20"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="20"/>
+      <c r="K27" s="20"/>
+      <c r="L27" s="20"/>
+      <c r="M27" s="20"/>
+      <c r="N27" s="20"/>
+      <c r="O27" s="20"/>
+      <c r="P27" s="20"/>
+      <c r="Q27" s="20"/>
+      <c r="R27" s="20"/>
+      <c r="S27" s="20"/>
+      <c r="T27" s="20"/>
+      <c r="U27" s="20"/>
+      <c r="V27" s="20"/>
+      <c r="W27" s="20"/>
+      <c r="X27" s="20"/>
+      <c r="Y27" s="20"/>
+      <c r="Z27" s="20"/>
+      <c r="AA27" s="20"/>
+      <c r="AB27" s="20"/>
+      <c r="AC27" s="20"/>
+      <c r="AD27" s="20"/>
+      <c r="AE27" s="20"/>
+      <c r="AF27" s="20"/>
+      <c r="AG27" s="20"/>
+      <c r="AH27" s="20"/>
+      <c r="AI27" s="20"/>
     </row>
     <row r="28" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A28" s="137"/>
-[...33 lines deleted...]
-      <c r="AI28" s="162"/>
+      <c r="A28" s="171" t="s">
+        <v>27</v>
+      </c>
+      <c r="B28" s="172"/>
+      <c r="C28" s="172"/>
+      <c r="D28" s="173"/>
+      <c r="E28" s="177" t="s">
+        <v>28</v>
+      </c>
+      <c r="F28" s="178"/>
+      <c r="G28" s="178"/>
+      <c r="H28" s="178"/>
+      <c r="I28" s="178"/>
+      <c r="J28" s="178"/>
+      <c r="K28" s="178" t="s">
+        <v>56</v>
+      </c>
+      <c r="L28" s="178"/>
+      <c r="M28" s="178"/>
+      <c r="N28" s="178"/>
+      <c r="O28" s="178"/>
+      <c r="P28" s="178"/>
+      <c r="Q28" s="178"/>
+      <c r="R28" s="178"/>
+      <c r="S28" s="178" t="s">
+        <v>29</v>
+      </c>
+      <c r="T28" s="178"/>
+      <c r="U28" s="178"/>
+      <c r="V28" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="W28" s="190"/>
+      <c r="X28" s="190"/>
+      <c r="Y28" s="190"/>
+      <c r="Z28" s="190"/>
+      <c r="AA28" s="190"/>
+      <c r="AB28" s="191"/>
+      <c r="AC28" s="191"/>
+      <c r="AD28" s="191"/>
+      <c r="AE28" s="191"/>
+      <c r="AF28" s="191"/>
+      <c r="AG28" s="191"/>
+      <c r="AH28" s="191"/>
+      <c r="AI28" s="192"/>
     </row>
     <row r="29" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A29" s="158" t="s">
-[...43 lines deleted...]
-      <c r="AI29" s="164"/>
+      <c r="A29" s="174"/>
+      <c r="B29" s="175"/>
+      <c r="C29" s="175"/>
+      <c r="D29" s="176"/>
+      <c r="E29" s="179"/>
+      <c r="F29" s="180"/>
+      <c r="G29" s="180"/>
+      <c r="H29" s="180"/>
+      <c r="I29" s="180"/>
+      <c r="J29" s="180"/>
+      <c r="K29" s="180"/>
+      <c r="L29" s="180"/>
+      <c r="M29" s="180"/>
+      <c r="N29" s="180"/>
+      <c r="O29" s="180"/>
+      <c r="P29" s="180"/>
+      <c r="Q29" s="180"/>
+      <c r="R29" s="180"/>
+      <c r="S29" s="180"/>
+      <c r="T29" s="180"/>
+      <c r="U29" s="180"/>
+      <c r="V29" s="193"/>
+      <c r="W29" s="193"/>
+      <c r="X29" s="193"/>
+      <c r="Y29" s="193"/>
+      <c r="Z29" s="193"/>
+      <c r="AA29" s="198"/>
+      <c r="AB29" s="198"/>
+      <c r="AC29" s="198"/>
+      <c r="AD29" s="198"/>
+      <c r="AE29" s="198"/>
+      <c r="AF29" s="198"/>
+      <c r="AG29" s="198"/>
+      <c r="AH29" s="198"/>
+      <c r="AI29" s="199"/>
     </row>
     <row r="30" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A30" s="158"/>
-[...33 lines deleted...]
-      <c r="AI30" s="162"/>
+      <c r="A30" s="195" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" s="196"/>
+      <c r="C30" s="196"/>
+      <c r="D30" s="196"/>
+      <c r="E30" s="197" t="s">
+        <v>28</v>
+      </c>
+      <c r="F30" s="163"/>
+      <c r="G30" s="163"/>
+      <c r="H30" s="163"/>
+      <c r="I30" s="163"/>
+      <c r="J30" s="163"/>
+      <c r="K30" s="163" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" s="163"/>
+      <c r="M30" s="163"/>
+      <c r="N30" s="163"/>
+      <c r="O30" s="163"/>
+      <c r="P30" s="163"/>
+      <c r="Q30" s="163"/>
+      <c r="R30" s="163"/>
+      <c r="S30" s="163" t="s">
+        <v>29</v>
+      </c>
+      <c r="T30" s="163"/>
+      <c r="U30" s="163"/>
+      <c r="V30" s="202" t="s">
+        <v>42</v>
+      </c>
+      <c r="W30" s="202"/>
+      <c r="X30" s="202"/>
+      <c r="Y30" s="202"/>
+      <c r="Z30" s="202"/>
+      <c r="AA30" s="202"/>
+      <c r="AB30" s="200"/>
+      <c r="AC30" s="200"/>
+      <c r="AD30" s="200"/>
+      <c r="AE30" s="200"/>
+      <c r="AF30" s="200"/>
+      <c r="AG30" s="200"/>
+      <c r="AH30" s="200"/>
+      <c r="AI30" s="201"/>
     </row>
     <row r="31" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A31" s="144" t="s">
-[...41 lines deleted...]
-      <c r="AI31" s="164"/>
+      <c r="A31" s="195"/>
+      <c r="B31" s="196"/>
+      <c r="C31" s="196"/>
+      <c r="D31" s="196"/>
+      <c r="E31" s="179"/>
+      <c r="F31" s="180"/>
+      <c r="G31" s="180"/>
+      <c r="H31" s="180"/>
+      <c r="I31" s="180"/>
+      <c r="J31" s="180"/>
+      <c r="K31" s="180"/>
+      <c r="L31" s="180"/>
+      <c r="M31" s="180"/>
+      <c r="N31" s="180"/>
+      <c r="O31" s="180"/>
+      <c r="P31" s="180"/>
+      <c r="Q31" s="180"/>
+      <c r="R31" s="180"/>
+      <c r="S31" s="180"/>
+      <c r="T31" s="180"/>
+      <c r="U31" s="180"/>
+      <c r="V31" s="198"/>
+      <c r="W31" s="198"/>
+      <c r="X31" s="198"/>
+      <c r="Y31" s="198"/>
+      <c r="Z31" s="198"/>
+      <c r="AA31" s="198"/>
+      <c r="AB31" s="198"/>
+      <c r="AC31" s="198"/>
+      <c r="AD31" s="198"/>
+      <c r="AE31" s="198"/>
+      <c r="AF31" s="198"/>
+      <c r="AG31" s="198"/>
+      <c r="AH31" s="198"/>
+      <c r="AI31" s="199"/>
     </row>
     <row r="32" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A32" s="147"/>
-[...33 lines deleted...]
-      <c r="AI32" s="157"/>
+      <c r="A32" s="181" t="s">
+        <v>52</v>
+      </c>
+      <c r="B32" s="182"/>
+      <c r="C32" s="182"/>
+      <c r="D32" s="183"/>
+      <c r="E32" s="197" t="s">
+        <v>28</v>
+      </c>
+      <c r="F32" s="163"/>
+      <c r="G32" s="163"/>
+      <c r="H32" s="163"/>
+      <c r="I32" s="163"/>
+      <c r="J32" s="163"/>
+      <c r="K32" s="161"/>
+      <c r="L32" s="161"/>
+      <c r="M32" s="161"/>
+      <c r="N32" s="161"/>
+      <c r="O32" s="161"/>
+      <c r="P32" s="161"/>
+      <c r="Q32" s="161"/>
+      <c r="R32" s="161"/>
+      <c r="S32" s="163" t="s">
+        <v>30</v>
+      </c>
+      <c r="T32" s="163"/>
+      <c r="U32" s="163"/>
+      <c r="V32" s="202" t="s">
+        <v>42</v>
+      </c>
+      <c r="W32" s="202"/>
+      <c r="X32" s="202"/>
+      <c r="Y32" s="202"/>
+      <c r="Z32" s="202"/>
+      <c r="AA32" s="202"/>
+      <c r="AB32" s="200"/>
+      <c r="AC32" s="200"/>
+      <c r="AD32" s="200"/>
+      <c r="AE32" s="200"/>
+      <c r="AF32" s="200"/>
+      <c r="AG32" s="200"/>
+      <c r="AH32" s="200"/>
+      <c r="AI32" s="201"/>
     </row>
     <row r="33" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A33" s="147"/>
-[...35 lines deleted...]
-      <c r="AI33" s="130"/>
+      <c r="A33" s="184"/>
+      <c r="B33" s="185"/>
+      <c r="C33" s="185"/>
+      <c r="D33" s="186"/>
+      <c r="E33" s="203"/>
+      <c r="F33" s="164"/>
+      <c r="G33" s="164"/>
+      <c r="H33" s="164"/>
+      <c r="I33" s="164"/>
+      <c r="J33" s="164"/>
+      <c r="K33" s="162"/>
+      <c r="L33" s="162"/>
+      <c r="M33" s="162"/>
+      <c r="N33" s="162"/>
+      <c r="O33" s="162"/>
+      <c r="P33" s="162"/>
+      <c r="Q33" s="162"/>
+      <c r="R33" s="162"/>
+      <c r="S33" s="164"/>
+      <c r="T33" s="164"/>
+      <c r="U33" s="164"/>
+      <c r="V33" s="193"/>
+      <c r="W33" s="193"/>
+      <c r="X33" s="193"/>
+      <c r="Y33" s="193"/>
+      <c r="Z33" s="193"/>
+      <c r="AA33" s="193"/>
+      <c r="AB33" s="193"/>
+      <c r="AC33" s="193"/>
+      <c r="AD33" s="193"/>
+      <c r="AE33" s="193"/>
+      <c r="AF33" s="193"/>
+      <c r="AG33" s="193"/>
+      <c r="AH33" s="193"/>
+      <c r="AI33" s="194"/>
     </row>
-    <row r="34" spans="1:35" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...34 lines deleted...]
-      <c r="AI34" s="133"/>
+    <row r="34" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A34" s="184"/>
+      <c r="B34" s="185"/>
+      <c r="C34" s="185"/>
+      <c r="D34" s="186"/>
+      <c r="E34" s="165" t="s">
+        <v>104</v>
+      </c>
+      <c r="F34" s="166"/>
+      <c r="G34" s="166"/>
+      <c r="H34" s="166"/>
+      <c r="I34" s="166"/>
+      <c r="J34" s="166"/>
+      <c r="K34" s="166"/>
+      <c r="L34" s="166"/>
+      <c r="M34" s="166"/>
+      <c r="N34" s="166"/>
+      <c r="O34" s="166"/>
+      <c r="P34" s="166"/>
+      <c r="Q34" s="166"/>
+      <c r="R34" s="166"/>
+      <c r="S34" s="166"/>
+      <c r="T34" s="166"/>
+      <c r="U34" s="166"/>
+      <c r="V34" s="166"/>
+      <c r="W34" s="166"/>
+      <c r="X34" s="166"/>
+      <c r="Y34" s="166"/>
+      <c r="Z34" s="166"/>
+      <c r="AA34" s="166"/>
+      <c r="AB34" s="166"/>
+      <c r="AC34" s="166"/>
+      <c r="AD34" s="166"/>
+      <c r="AE34" s="166"/>
+      <c r="AF34" s="166"/>
+      <c r="AG34" s="166"/>
+      <c r="AH34" s="166"/>
+      <c r="AI34" s="167"/>
     </row>
-    <row r="35" spans="1:35" ht="7.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...34 lines deleted...]
-      <c r="AI35" s="4"/>
+    <row r="35" spans="1:35" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A35" s="187"/>
+      <c r="B35" s="188"/>
+      <c r="C35" s="188"/>
+      <c r="D35" s="189"/>
+      <c r="E35" s="168"/>
+      <c r="F35" s="169"/>
+      <c r="G35" s="169"/>
+      <c r="H35" s="169"/>
+      <c r="I35" s="169"/>
+      <c r="J35" s="169"/>
+      <c r="K35" s="169"/>
+      <c r="L35" s="169"/>
+      <c r="M35" s="169"/>
+      <c r="N35" s="169"/>
+      <c r="O35" s="169"/>
+      <c r="P35" s="169"/>
+      <c r="Q35" s="169"/>
+      <c r="R35" s="169"/>
+      <c r="S35" s="169"/>
+      <c r="T35" s="169"/>
+      <c r="U35" s="169"/>
+      <c r="V35" s="169"/>
+      <c r="W35" s="169"/>
+      <c r="X35" s="169"/>
+      <c r="Y35" s="169"/>
+      <c r="Z35" s="169"/>
+      <c r="AA35" s="169"/>
+      <c r="AB35" s="169"/>
+      <c r="AC35" s="169"/>
+      <c r="AD35" s="169"/>
+      <c r="AE35" s="169"/>
+      <c r="AF35" s="169"/>
+      <c r="AG35" s="169"/>
+      <c r="AH35" s="169"/>
+      <c r="AI35" s="170"/>
     </row>
-    <row r="36" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...36 lines deleted...]
-      <c r="AI36" s="120"/>
+    <row r="36" spans="1:35" ht="7.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" s="4"/>
+      <c r="B36" s="4"/>
+      <c r="C36" s="4"/>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="4"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="4"/>
+      <c r="I36" s="4"/>
+      <c r="J36" s="4"/>
+      <c r="K36" s="4"/>
+      <c r="L36" s="4"/>
+      <c r="M36" s="4"/>
+      <c r="N36" s="4"/>
+      <c r="O36" s="4"/>
+      <c r="P36" s="4"/>
+      <c r="Q36" s="4"/>
+      <c r="R36" s="4"/>
+      <c r="S36" s="4"/>
+      <c r="T36" s="4"/>
+      <c r="U36" s="4"/>
+      <c r="V36" s="4"/>
+      <c r="W36" s="4"/>
+      <c r="X36" s="4"/>
+      <c r="Y36" s="4"/>
+      <c r="Z36" s="4"/>
+      <c r="AA36" s="4"/>
+      <c r="AB36" s="4"/>
+      <c r="AC36" s="4"/>
+      <c r="AD36" s="4"/>
+      <c r="AE36" s="4"/>
+      <c r="AF36" s="4"/>
+      <c r="AG36" s="4"/>
+      <c r="AH36" s="4"/>
+      <c r="AI36" s="4"/>
     </row>
-    <row r="37" spans="1:35" ht="3.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...34 lines deleted...]
-      <c r="AI37" s="7"/>
+    <row r="37" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A37" s="157" t="s">
+        <v>31</v>
+      </c>
+      <c r="B37" s="157"/>
+      <c r="C37" s="157"/>
+      <c r="D37" s="157"/>
+      <c r="E37" s="157"/>
+      <c r="F37" s="157"/>
+      <c r="G37" s="157"/>
+      <c r="H37" s="157"/>
+      <c r="I37" s="157"/>
+      <c r="J37" s="157"/>
+      <c r="K37" s="157"/>
+      <c r="L37" s="157"/>
+      <c r="M37" s="157"/>
+      <c r="N37" s="157"/>
+      <c r="O37" s="157"/>
+      <c r="P37" s="157"/>
+      <c r="Q37" s="157"/>
+      <c r="R37" s="157"/>
+      <c r="S37" s="157"/>
+      <c r="T37" s="157"/>
+      <c r="U37" s="157"/>
+      <c r="V37" s="157"/>
+      <c r="W37" s="157"/>
+      <c r="X37" s="157"/>
+      <c r="Y37" s="157"/>
+      <c r="Z37" s="157"/>
+      <c r="AA37" s="157"/>
+      <c r="AB37" s="157"/>
+      <c r="AC37" s="157"/>
+      <c r="AD37" s="157"/>
+      <c r="AE37" s="157"/>
+      <c r="AF37" s="157"/>
+      <c r="AG37" s="157"/>
+      <c r="AH37" s="157"/>
+      <c r="AI37" s="157"/>
     </row>
-    <row r="38" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...36 lines deleted...]
-      <c r="AI38" s="120"/>
+    <row r="38" spans="1:35" ht="3.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A38" s="7"/>
+      <c r="B38" s="7"/>
+      <c r="C38" s="7"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="7"/>
+      <c r="G38" s="7"/>
+      <c r="H38" s="7"/>
+      <c r="I38" s="7"/>
+      <c r="J38" s="7"/>
+      <c r="K38" s="7"/>
+      <c r="L38" s="7"/>
+      <c r="M38" s="7"/>
+      <c r="N38" s="7"/>
+      <c r="O38" s="7"/>
+      <c r="P38" s="7"/>
+      <c r="Q38" s="7"/>
+      <c r="R38" s="7"/>
+      <c r="S38" s="7"/>
+      <c r="T38" s="7"/>
+      <c r="U38" s="7"/>
+      <c r="V38" s="7"/>
+      <c r="W38" s="7"/>
+      <c r="X38" s="7"/>
+      <c r="Y38" s="7"/>
+      <c r="Z38" s="7"/>
+      <c r="AA38" s="7"/>
+      <c r="AB38" s="7"/>
+      <c r="AC38" s="7"/>
+      <c r="AD38" s="7"/>
+      <c r="AE38" s="7"/>
+      <c r="AF38" s="7"/>
+      <c r="AG38" s="7"/>
+      <c r="AH38" s="7"/>
+      <c r="AI38" s="7"/>
     </row>
     <row r="39" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A39" s="121" t="s">
-[...35 lines deleted...]
-      <c r="AI39" s="121"/>
+      <c r="A39" s="157" t="s">
+        <v>32</v>
+      </c>
+      <c r="B39" s="157"/>
+      <c r="C39" s="157"/>
+      <c r="D39" s="157"/>
+      <c r="E39" s="157"/>
+      <c r="F39" s="157"/>
+      <c r="G39" s="157"/>
+      <c r="H39" s="157"/>
+      <c r="I39" s="157"/>
+      <c r="J39" s="157"/>
+      <c r="K39" s="157"/>
+      <c r="L39" s="157"/>
+      <c r="M39" s="157"/>
+      <c r="N39" s="157"/>
+      <c r="O39" s="157"/>
+      <c r="P39" s="157"/>
+      <c r="Q39" s="157"/>
+      <c r="R39" s="157"/>
+      <c r="S39" s="157"/>
+      <c r="T39" s="157"/>
+      <c r="U39" s="157"/>
+      <c r="V39" s="157"/>
+      <c r="W39" s="157"/>
+      <c r="X39" s="157"/>
+      <c r="Y39" s="157"/>
+      <c r="Z39" s="157"/>
+      <c r="AA39" s="157"/>
+      <c r="AB39" s="157"/>
+      <c r="AC39" s="157"/>
+      <c r="AD39" s="157"/>
+      <c r="AE39" s="157"/>
+      <c r="AF39" s="157"/>
+      <c r="AG39" s="157"/>
+      <c r="AH39" s="157"/>
+      <c r="AI39" s="157"/>
     </row>
-    <row r="40" spans="1:35" ht="5.15" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
-[...35 lines deleted...]
-      <c r="AI41" s="87"/>
+    <row r="40" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A40" s="158" t="s">
+        <v>33</v>
+      </c>
+      <c r="B40" s="158"/>
+      <c r="C40" s="158"/>
+      <c r="D40" s="158"/>
+      <c r="E40" s="158"/>
+      <c r="F40" s="158"/>
+      <c r="G40" s="158"/>
+      <c r="H40" s="158"/>
+      <c r="I40" s="158"/>
+      <c r="J40" s="158"/>
+      <c r="K40" s="158"/>
+      <c r="L40" s="158"/>
+      <c r="M40" s="158"/>
+      <c r="N40" s="158"/>
+      <c r="O40" s="158"/>
+      <c r="P40" s="158"/>
+      <c r="Q40" s="158"/>
+      <c r="R40" s="158"/>
+      <c r="S40" s="158"/>
+      <c r="T40" s="158"/>
+      <c r="U40" s="158"/>
+      <c r="V40" s="158"/>
+      <c r="W40" s="158"/>
+      <c r="X40" s="158"/>
+      <c r="Y40" s="158"/>
+      <c r="Z40" s="158"/>
+      <c r="AA40" s="158"/>
+      <c r="AB40" s="158"/>
+      <c r="AC40" s="158"/>
+      <c r="AD40" s="158"/>
+      <c r="AE40" s="158"/>
+      <c r="AF40" s="158"/>
+      <c r="AG40" s="158"/>
+      <c r="AH40" s="158"/>
+      <c r="AI40" s="158"/>
     </row>
-    <row r="42" spans="1:35" ht="26.5" x14ac:dyDescent="0.8">
-[...36 lines deleted...]
-      <c r="AI42" s="123"/>
+    <row r="41" spans="1:35" ht="5.15" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="42" spans="1:35" ht="6.65" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A42" s="66"/>
+      <c r="B42" s="67"/>
+      <c r="C42" s="68"/>
+      <c r="D42" s="68"/>
+      <c r="E42" s="68"/>
+      <c r="F42" s="68"/>
+      <c r="G42" s="68"/>
+      <c r="H42" s="68"/>
+      <c r="I42" s="68"/>
+      <c r="J42" s="68"/>
+      <c r="K42" s="68"/>
+      <c r="L42" s="68"/>
+      <c r="M42" s="66"/>
+      <c r="N42" s="68"/>
+      <c r="O42" s="68"/>
+      <c r="P42" s="68"/>
+      <c r="Q42" s="68"/>
+      <c r="R42" s="66"/>
+      <c r="S42" s="68"/>
+      <c r="T42" s="66"/>
+      <c r="U42" s="68"/>
+      <c r="V42" s="69"/>
+      <c r="W42" s="68"/>
+      <c r="X42" s="68"/>
+      <c r="Y42" s="68"/>
+      <c r="Z42" s="68"/>
+      <c r="AA42" s="68"/>
+      <c r="AB42" s="68"/>
+      <c r="AC42" s="68"/>
+      <c r="AD42" s="68"/>
+      <c r="AE42" s="68"/>
+      <c r="AF42" s="68"/>
+      <c r="AG42" s="68"/>
+      <c r="AH42" s="68"/>
+      <c r="AI42" s="68"/>
     </row>
-    <row r="43" spans="1:35" ht="85.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...36 lines deleted...]
-      <c r="AI43" s="89"/>
+    <row r="43" spans="1:35" ht="26.5" x14ac:dyDescent="0.8">
+      <c r="A43" s="159" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" s="160"/>
+      <c r="C43" s="160"/>
+      <c r="D43" s="160"/>
+      <c r="E43" s="160"/>
+      <c r="F43" s="160"/>
+      <c r="G43" s="160"/>
+      <c r="H43" s="160"/>
+      <c r="I43" s="160"/>
+      <c r="J43" s="160"/>
+      <c r="K43" s="160"/>
+      <c r="L43" s="160"/>
+      <c r="M43" s="160"/>
+      <c r="N43" s="160"/>
+      <c r="O43" s="160"/>
+      <c r="P43" s="160"/>
+      <c r="Q43" s="160"/>
+      <c r="R43" s="160"/>
+      <c r="S43" s="160"/>
+      <c r="T43" s="160"/>
+      <c r="U43" s="160"/>
+      <c r="V43" s="160"/>
+      <c r="W43" s="160"/>
+      <c r="X43" s="160"/>
+      <c r="Y43" s="160"/>
+      <c r="Z43" s="160"/>
+      <c r="AA43" s="160"/>
+      <c r="AB43" s="160"/>
+      <c r="AC43" s="160"/>
+      <c r="AD43" s="160"/>
+      <c r="AE43" s="160"/>
+      <c r="AF43" s="160"/>
+      <c r="AG43" s="160"/>
+      <c r="AH43" s="160"/>
+      <c r="AI43" s="160"/>
     </row>
-    <row r="44" spans="1:35" ht="1.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...34 lines deleted...]
-      <c r="AI44" s="87"/>
+    <row r="44" spans="1:35" ht="85.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A44" s="66"/>
+      <c r="B44" s="152" t="s">
+        <v>113</v>
+      </c>
+      <c r="C44" s="152"/>
+      <c r="D44" s="152"/>
+      <c r="E44" s="152"/>
+      <c r="F44" s="152"/>
+      <c r="G44" s="152"/>
+      <c r="H44" s="152"/>
+      <c r="I44" s="152"/>
+      <c r="J44" s="152"/>
+      <c r="K44" s="152"/>
+      <c r="L44" s="152"/>
+      <c r="M44" s="152"/>
+      <c r="N44" s="152"/>
+      <c r="O44" s="152"/>
+      <c r="P44" s="152"/>
+      <c r="Q44" s="152"/>
+      <c r="R44" s="152"/>
+      <c r="S44" s="152"/>
+      <c r="T44" s="152"/>
+      <c r="U44" s="152"/>
+      <c r="V44" s="152"/>
+      <c r="W44" s="152"/>
+      <c r="X44" s="152"/>
+      <c r="Y44" s="152"/>
+      <c r="Z44" s="152"/>
+      <c r="AA44" s="152"/>
+      <c r="AB44" s="152"/>
+      <c r="AC44" s="152"/>
+      <c r="AD44" s="152"/>
+      <c r="AE44" s="152"/>
+      <c r="AF44" s="152"/>
+      <c r="AG44" s="152"/>
+      <c r="AH44" s="152"/>
+      <c r="AI44" s="70"/>
     </row>
-    <row r="45" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...31 lines deleted...]
-      <c r="AI45" s="8"/>
+    <row r="45" spans="1:35" ht="1.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A45" s="66"/>
+      <c r="B45" s="67"/>
+      <c r="C45" s="68"/>
+      <c r="D45" s="68"/>
+      <c r="E45" s="68"/>
+      <c r="F45" s="68"/>
+      <c r="G45" s="68"/>
+      <c r="H45" s="68"/>
+      <c r="I45" s="68"/>
+      <c r="J45" s="68"/>
+      <c r="K45" s="68"/>
+      <c r="L45" s="68"/>
+      <c r="M45" s="68"/>
+      <c r="N45" s="68"/>
+      <c r="O45" s="68"/>
+      <c r="P45" s="68"/>
+      <c r="Q45" s="68"/>
+      <c r="R45" s="66"/>
+      <c r="S45" s="68"/>
+      <c r="T45" s="66"/>
+      <c r="U45" s="68"/>
+      <c r="V45" s="69"/>
+      <c r="W45" s="68"/>
+      <c r="X45" s="68"/>
+      <c r="Y45" s="68"/>
+      <c r="Z45" s="68"/>
+      <c r="AA45" s="68"/>
+      <c r="AB45" s="68"/>
+      <c r="AC45" s="68"/>
+      <c r="AD45" s="68"/>
+      <c r="AE45" s="68"/>
+      <c r="AF45" s="68"/>
+      <c r="AG45" s="68"/>
+      <c r="AH45" s="68"/>
+      <c r="AI45" s="68"/>
     </row>
-    <row r="46" spans="1:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...2 lines deleted...]
-      </c>
+    <row r="46" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="9"/>
+      <c r="C46" s="8"/>
+      <c r="D46" s="8"/>
+      <c r="E46" s="8"/>
+      <c r="F46" s="8"/>
+      <c r="G46" s="8"/>
+      <c r="H46" s="8"/>
+      <c r="I46" s="8"/>
+      <c r="J46" s="8"/>
+      <c r="K46" s="8"/>
+      <c r="L46" s="8"/>
+      <c r="M46" s="8"/>
+      <c r="N46" s="8"/>
+      <c r="O46" s="8"/>
+      <c r="P46" s="8"/>
+      <c r="Q46" s="8"/>
+      <c r="S46" s="8"/>
+      <c r="U46" s="8"/>
+      <c r="V46" s="10"/>
+      <c r="W46" s="8"/>
+      <c r="X46" s="8"/>
+      <c r="Y46" s="8"/>
+      <c r="Z46" s="8"/>
+      <c r="AA46" s="8"/>
+      <c r="AB46" s="8"/>
+      <c r="AC46" s="8"/>
+      <c r="AD46" s="8"/>
+      <c r="AE46" s="8"/>
+      <c r="AF46" s="8"/>
+      <c r="AG46" s="8"/>
+      <c r="AH46" s="8"/>
+      <c r="AI46" s="8"/>
     </row>
     <row r="47" spans="1:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="N47" s="6" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="N48" s="6" t="s">
-        <v>5</v>
+        <v>57</v>
       </c>
     </row>
     <row r="49" spans="14:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="N49" s="26" t="s">
+      <c r="N49" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50" spans="14:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="N50" s="22" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="50" spans="14:14" ht="3" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="51" spans="14:14" ht="3" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
   </sheetData>
-  <mergeCells count="76">
+  <mergeCells count="78">
+    <mergeCell ref="E20:AI20"/>
+    <mergeCell ref="Y16:AI16"/>
+    <mergeCell ref="J19:AI19"/>
+    <mergeCell ref="A19:I19"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="E17:AI17"/>
-    <mergeCell ref="A19:D25"/>
+    <mergeCell ref="A20:D26"/>
+    <mergeCell ref="E21:AI21"/>
+    <mergeCell ref="E22:AI22"/>
+    <mergeCell ref="E23:AI23"/>
+    <mergeCell ref="U16:X16"/>
     <mergeCell ref="R12:U12"/>
     <mergeCell ref="V12:AI12"/>
     <mergeCell ref="R13:U14"/>
     <mergeCell ref="V13:AI14"/>
-    <mergeCell ref="E19:AI19"/>
-[...7 lines deleted...]
-    <mergeCell ref="U16:X16"/>
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="Z1:AI1"/>
     <mergeCell ref="G9:L9"/>
     <mergeCell ref="W3:Y3"/>
     <mergeCell ref="Z3:AB3"/>
     <mergeCell ref="AD3:AE3"/>
     <mergeCell ref="AG3:AH3"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="AB7:AI7"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="AB8:AI8"/>
     <mergeCell ref="A9:D10"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="E10:AI10"/>
     <mergeCell ref="E7:V7"/>
     <mergeCell ref="E8:V8"/>
-    <mergeCell ref="Y16:AI16"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="E11:Q11"/>
     <mergeCell ref="R11:U11"/>
     <mergeCell ref="V11:AI11"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="M16:N16"/>
     <mergeCell ref="O16:P16"/>
     <mergeCell ref="Q16:R16"/>
     <mergeCell ref="E12:Q12"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="A13:D14"/>
-    <mergeCell ref="V27:AA27"/>
-[...13 lines deleted...]
-    <mergeCell ref="V28:AI28"/>
+    <mergeCell ref="A16:D16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="S16:T16"/>
+    <mergeCell ref="V28:AA28"/>
+    <mergeCell ref="AB28:AI28"/>
+    <mergeCell ref="S28:U29"/>
+    <mergeCell ref="V33:AI33"/>
+    <mergeCell ref="A30:D31"/>
+    <mergeCell ref="E30:J31"/>
+    <mergeCell ref="K30:R31"/>
+    <mergeCell ref="S30:U31"/>
+    <mergeCell ref="V31:AI31"/>
+    <mergeCell ref="AB30:AI30"/>
+    <mergeCell ref="V30:AA30"/>
+    <mergeCell ref="V32:AA32"/>
+    <mergeCell ref="AB32:AI32"/>
+    <mergeCell ref="E32:J33"/>
+    <mergeCell ref="V29:AI29"/>
     <mergeCell ref="A5:AI5"/>
     <mergeCell ref="W7:AA7"/>
-    <mergeCell ref="B43:AH43"/>
-    <mergeCell ref="E23:AI23"/>
+    <mergeCell ref="B44:AH44"/>
     <mergeCell ref="E24:AI24"/>
-    <mergeCell ref="A38:AI38"/>
+    <mergeCell ref="E25:AI25"/>
     <mergeCell ref="A39:AI39"/>
-    <mergeCell ref="A42:AI42"/>
-[...7 lines deleted...]
-    <mergeCell ref="A31:D34"/>
+    <mergeCell ref="A40:AI40"/>
+    <mergeCell ref="A43:AI43"/>
+    <mergeCell ref="K32:R33"/>
+    <mergeCell ref="S32:U33"/>
+    <mergeCell ref="A37:AI37"/>
+    <mergeCell ref="E34:AI35"/>
+    <mergeCell ref="A28:D29"/>
+    <mergeCell ref="E28:J29"/>
+    <mergeCell ref="K28:R29"/>
+    <mergeCell ref="A32:D35"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="63" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="62" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{53A6D4B9-2631-405B-826F-BA25A834DD99}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AM50"/>
+  <dimension ref="A1:AM51"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" zoomScale="85" zoomScaleNormal="25" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" view="pageLayout" zoomScale="85" zoomScaleNormal="25" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.58203125" defaultRowHeight="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="35" width="3.58203125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" ht="40.5" customHeight="1" x14ac:dyDescent="1.1000000000000001">
-      <c r="A1" s="194" t="s">
-[...37 lines deleted...]
-      <c r="AI1" s="195"/>
+      <c r="A1" s="229" t="s">
+        <v>85</v>
+      </c>
+      <c r="B1" s="229"/>
+      <c r="C1" s="229"/>
+      <c r="D1" s="229"/>
+      <c r="E1" s="229"/>
+      <c r="F1" s="229"/>
+      <c r="G1" s="229"/>
+      <c r="H1" s="229"/>
+      <c r="I1" s="229"/>
+      <c r="J1" s="229"/>
+      <c r="K1" s="229"/>
+      <c r="L1" s="229"/>
+      <c r="M1" s="229"/>
+      <c r="N1" s="229"/>
+      <c r="O1" s="229"/>
+      <c r="P1" s="229"/>
+      <c r="Q1" s="229"/>
+      <c r="R1" s="229"/>
+      <c r="S1" s="229"/>
+      <c r="T1" s="229"/>
+      <c r="U1" s="229"/>
+      <c r="V1" s="229"/>
+      <c r="W1" s="229"/>
+      <c r="X1" s="229"/>
+      <c r="Y1" s="229"/>
+      <c r="Z1" s="230" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA1" s="230"/>
+      <c r="AB1" s="230"/>
+      <c r="AC1" s="230"/>
+      <c r="AD1" s="230"/>
+      <c r="AE1" s="230"/>
+      <c r="AF1" s="230"/>
+      <c r="AG1" s="230"/>
+      <c r="AH1" s="230"/>
+      <c r="AI1" s="230"/>
     </row>
     <row r="2" spans="1:39" ht="4.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="11"/>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
       <c r="AC2" s="2"/>
       <c r="AD2" s="2"/>
       <c r="AE2" s="2"/>
       <c r="AF2" s="2"/>
       <c r="AG2" s="2"/>
       <c r="AH2" s="2"/>
       <c r="AI2" s="2"/>
     </row>
     <row r="3" spans="1:39" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="12"/>
       <c r="B3" s="13"/>
       <c r="C3" s="13"/>
       <c r="D3" s="13"/>
       <c r="E3" s="13"/>
-      <c r="W3" s="197" t="s">
+      <c r="W3" s="232" t="s">
         <v>0</v>
       </c>
-      <c r="X3" s="197"/>
-[...1 lines deleted...]
-      <c r="Z3" s="320">
+      <c r="X3" s="232"/>
+      <c r="Y3" s="232"/>
+      <c r="Z3" s="354">
         <v>2026</v>
       </c>
-      <c r="AA3" s="320"/>
-      <c r="AB3" s="320"/>
+      <c r="AA3" s="354"/>
+      <c r="AB3" s="354"/>
       <c r="AC3" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="AD3" s="320">
+      <c r="AD3" s="354">
         <v>3</v>
       </c>
-      <c r="AE3" s="320"/>
+      <c r="AE3" s="354"/>
       <c r="AF3" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="AG3" s="320">
+      <c r="AG3" s="354">
         <v>1</v>
       </c>
-      <c r="AH3" s="320"/>
+      <c r="AH3" s="354"/>
       <c r="AI3" s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:39" ht="9.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="14"/>
       <c r="B4" s="13"/>
       <c r="C4" s="15"/>
       <c r="D4" s="15"/>
       <c r="E4" s="15"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="W4" s="5"/>
       <c r="X4" s="5"/>
       <c r="Y4" s="5"/>
       <c r="Z4" s="5"/>
       <c r="AA4" s="5"/>
       <c r="AB4" s="5"/>
       <c r="AC4" s="4"/>
       <c r="AD4" s="5"/>
       <c r="AE4" s="5"/>
       <c r="AF4" s="4"/>
       <c r="AG4" s="5"/>
       <c r="AH4" s="5"/>
       <c r="AI4" s="4"/>
     </row>
     <row r="5" spans="1:39" ht="29.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A5" s="111" t="s">
-[...35 lines deleted...]
-      <c r="AI5" s="111"/>
+      <c r="A5" s="148" t="s">
+        <v>119</v>
+      </c>
+      <c r="B5" s="148"/>
+      <c r="C5" s="148"/>
+      <c r="D5" s="148"/>
+      <c r="E5" s="148"/>
+      <c r="F5" s="148"/>
+      <c r="G5" s="148"/>
+      <c r="H5" s="148"/>
+      <c r="I5" s="148"/>
+      <c r="J5" s="148"/>
+      <c r="K5" s="148"/>
+      <c r="L5" s="148"/>
+      <c r="M5" s="148"/>
+      <c r="N5" s="148"/>
+      <c r="O5" s="148"/>
+      <c r="P5" s="148"/>
+      <c r="Q5" s="148"/>
+      <c r="R5" s="148"/>
+      <c r="S5" s="148"/>
+      <c r="T5" s="148"/>
+      <c r="U5" s="148"/>
+      <c r="V5" s="148"/>
+      <c r="W5" s="148"/>
+      <c r="X5" s="148"/>
+      <c r="Y5" s="148"/>
+      <c r="Z5" s="148"/>
+      <c r="AA5" s="148"/>
+      <c r="AB5" s="148"/>
+      <c r="AC5" s="148"/>
+      <c r="AD5" s="148"/>
+      <c r="AE5" s="148"/>
+      <c r="AF5" s="148"/>
+      <c r="AG5" s="148"/>
+      <c r="AH5" s="148"/>
+      <c r="AI5" s="148"/>
     </row>
     <row r="6" spans="1:39" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A6" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
       <c r="T6" s="6"/>
       <c r="U6" s="17"/>
       <c r="V6" s="18" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="W6" s="18"/>
       <c r="X6" s="17"/>
       <c r="Y6" s="17"/>
       <c r="Z6" s="17"/>
       <c r="AA6" s="17"/>
       <c r="AB6" s="17"/>
       <c r="AC6" s="17"/>
       <c r="AD6" s="17"/>
       <c r="AE6" s="17"/>
       <c r="AF6" s="17"/>
       <c r="AG6" s="17"/>
       <c r="AH6" s="17"/>
       <c r="AI6" s="17"/>
     </row>
     <row r="7" spans="1:39" ht="19.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A7" s="199" t="s">
-[...41 lines deleted...]
-      <c r="AI7" s="203"/>
+      <c r="A7" s="234" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="235"/>
+      <c r="C7" s="235"/>
+      <c r="D7" s="235"/>
+      <c r="E7" s="351" t="s">
+        <v>84</v>
+      </c>
+      <c r="F7" s="352"/>
+      <c r="G7" s="352"/>
+      <c r="H7" s="352"/>
+      <c r="I7" s="352"/>
+      <c r="J7" s="352"/>
+      <c r="K7" s="352"/>
+      <c r="L7" s="352"/>
+      <c r="M7" s="352"/>
+      <c r="N7" s="352"/>
+      <c r="O7" s="352"/>
+      <c r="P7" s="352"/>
+      <c r="Q7" s="352"/>
+      <c r="R7" s="352"/>
+      <c r="S7" s="352"/>
+      <c r="T7" s="352"/>
+      <c r="U7" s="352"/>
+      <c r="V7" s="353"/>
+      <c r="W7" s="149" t="s">
+        <v>75</v>
+      </c>
+      <c r="X7" s="150"/>
+      <c r="Y7" s="150"/>
+      <c r="Z7" s="150"/>
+      <c r="AA7" s="151"/>
+      <c r="AB7" s="237" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC7" s="237"/>
+      <c r="AD7" s="237"/>
+      <c r="AE7" s="237"/>
+      <c r="AF7" s="237"/>
+      <c r="AG7" s="237"/>
+      <c r="AH7" s="237"/>
+      <c r="AI7" s="238"/>
     </row>
     <row r="8" spans="1:39" ht="43.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A8" s="315" t="s">
-[...41 lines deleted...]
-      <c r="AI8" s="305"/>
+      <c r="A8" s="349" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="350"/>
+      <c r="C8" s="350"/>
+      <c r="D8" s="350"/>
+      <c r="E8" s="346" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" s="347"/>
+      <c r="G8" s="347"/>
+      <c r="H8" s="347"/>
+      <c r="I8" s="347"/>
+      <c r="J8" s="347"/>
+      <c r="K8" s="347"/>
+      <c r="L8" s="347"/>
+      <c r="M8" s="347"/>
+      <c r="N8" s="347"/>
+      <c r="O8" s="347"/>
+      <c r="P8" s="347"/>
+      <c r="Q8" s="347"/>
+      <c r="R8" s="347"/>
+      <c r="S8" s="347"/>
+      <c r="T8" s="347"/>
+      <c r="U8" s="347"/>
+      <c r="V8" s="348"/>
+      <c r="W8" s="347" t="s">
+        <v>76</v>
+      </c>
+      <c r="X8" s="347"/>
+      <c r="Y8" s="347"/>
+      <c r="Z8" s="347"/>
+      <c r="AA8" s="348"/>
+      <c r="AB8" s="355" t="s">
+        <v>13</v>
+      </c>
+      <c r="AC8" s="356"/>
+      <c r="AD8" s="356"/>
+      <c r="AE8" s="356"/>
+      <c r="AF8" s="356"/>
+      <c r="AG8" s="356"/>
+      <c r="AH8" s="356"/>
+      <c r="AI8" s="357"/>
     </row>
     <row r="9" spans="1:39" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A9" s="210" t="s">
-[...40 lines deleted...]
-      <c r="AI9" s="28"/>
+      <c r="A9" s="245" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="246"/>
+      <c r="C9" s="246"/>
+      <c r="D9" s="247"/>
+      <c r="E9" s="358" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="359"/>
+      <c r="G9" s="342" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9" s="342"/>
+      <c r="I9" s="342"/>
+      <c r="J9" s="342"/>
+      <c r="K9" s="342"/>
+      <c r="L9" s="342"/>
+      <c r="N9" s="51" t="s">
+        <v>16</v>
+      </c>
+      <c r="O9" s="52"/>
+      <c r="P9" s="52"/>
+      <c r="Q9" s="52"/>
+      <c r="R9" s="52"/>
+      <c r="S9" s="52"/>
+      <c r="T9" s="52"/>
+      <c r="U9" s="52"/>
+      <c r="V9" s="52"/>
+      <c r="W9" s="23"/>
+      <c r="X9" s="23"/>
+      <c r="Y9" s="23"/>
+      <c r="Z9" s="23"/>
+      <c r="AA9" s="23"/>
+      <c r="AB9" s="23"/>
+      <c r="AC9" s="23"/>
+      <c r="AD9" s="23"/>
+      <c r="AE9" s="23"/>
+      <c r="AF9" s="23"/>
+      <c r="AG9" s="23"/>
+      <c r="AH9" s="23"/>
+      <c r="AI9" s="24"/>
     </row>
     <row r="10" spans="1:39" ht="33" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A10" s="213"/>
-[...35 lines deleted...]
-      <c r="AI10" s="311"/>
+      <c r="A10" s="248"/>
+      <c r="B10" s="249"/>
+      <c r="C10" s="249"/>
+      <c r="D10" s="250"/>
+      <c r="E10" s="343" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="344"/>
+      <c r="G10" s="344"/>
+      <c r="H10" s="344"/>
+      <c r="I10" s="344"/>
+      <c r="J10" s="344"/>
+      <c r="K10" s="344"/>
+      <c r="L10" s="344"/>
+      <c r="M10" s="344"/>
+      <c r="N10" s="344"/>
+      <c r="O10" s="344"/>
+      <c r="P10" s="344"/>
+      <c r="Q10" s="344"/>
+      <c r="R10" s="344"/>
+      <c r="S10" s="344"/>
+      <c r="T10" s="344"/>
+      <c r="U10" s="344"/>
+      <c r="V10" s="344"/>
+      <c r="W10" s="344"/>
+      <c r="X10" s="344"/>
+      <c r="Y10" s="344"/>
+      <c r="Z10" s="344"/>
+      <c r="AA10" s="344"/>
+      <c r="AB10" s="344"/>
+      <c r="AC10" s="344"/>
+      <c r="AD10" s="344"/>
+      <c r="AE10" s="344"/>
+      <c r="AF10" s="344"/>
+      <c r="AG10" s="344"/>
+      <c r="AH10" s="344"/>
+      <c r="AI10" s="345"/>
     </row>
     <row r="11" spans="1:39" ht="23.4" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A11" s="274" t="s">
-[...42 lines deleted...]
-      <c r="AM11" s="32"/>
+      <c r="A11" s="314" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="315"/>
+      <c r="C11" s="315"/>
+      <c r="D11" s="316"/>
+      <c r="E11" s="317" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" s="318"/>
+      <c r="G11" s="318"/>
+      <c r="H11" s="318"/>
+      <c r="I11" s="318"/>
+      <c r="J11" s="318"/>
+      <c r="K11" s="318"/>
+      <c r="L11" s="318"/>
+      <c r="M11" s="318"/>
+      <c r="N11" s="318"/>
+      <c r="O11" s="318"/>
+      <c r="P11" s="318"/>
+      <c r="Q11" s="319"/>
+      <c r="R11" s="210" t="s">
+        <v>19</v>
+      </c>
+      <c r="S11" s="211"/>
+      <c r="T11" s="211"/>
+      <c r="U11" s="212"/>
+      <c r="V11" s="213" t="s">
+        <v>43</v>
+      </c>
+      <c r="W11" s="214"/>
+      <c r="X11" s="214"/>
+      <c r="Y11" s="214"/>
+      <c r="Z11" s="214"/>
+      <c r="AA11" s="214"/>
+      <c r="AB11" s="214"/>
+      <c r="AC11" s="214"/>
+      <c r="AD11" s="214"/>
+      <c r="AE11" s="214"/>
+      <c r="AF11" s="214"/>
+      <c r="AG11" s="214"/>
+      <c r="AH11" s="214"/>
+      <c r="AI11" s="215"/>
+      <c r="AM11" s="27"/>
     </row>
     <row r="12" spans="1:39" ht="39" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A12" s="269" t="s">
-[...41 lines deleted...]
-      <c r="AI12" s="282"/>
+      <c r="A12" s="309" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="310"/>
+      <c r="C12" s="310"/>
+      <c r="D12" s="311"/>
+      <c r="E12" s="323" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12" s="324"/>
+      <c r="G12" s="324"/>
+      <c r="H12" s="324"/>
+      <c r="I12" s="324"/>
+      <c r="J12" s="324"/>
+      <c r="K12" s="324"/>
+      <c r="L12" s="324"/>
+      <c r="M12" s="324"/>
+      <c r="N12" s="324"/>
+      <c r="O12" s="324"/>
+      <c r="P12" s="324"/>
+      <c r="Q12" s="325"/>
+      <c r="R12" s="267" t="s">
+        <v>22</v>
+      </c>
+      <c r="S12" s="268"/>
+      <c r="T12" s="268"/>
+      <c r="U12" s="269"/>
+      <c r="V12" s="320" t="s">
+        <v>62</v>
+      </c>
+      <c r="W12" s="321"/>
+      <c r="X12" s="321"/>
+      <c r="Y12" s="321"/>
+      <c r="Z12" s="321"/>
+      <c r="AA12" s="321"/>
+      <c r="AB12" s="321"/>
+      <c r="AC12" s="321"/>
+      <c r="AD12" s="321"/>
+      <c r="AE12" s="321"/>
+      <c r="AF12" s="321"/>
+      <c r="AG12" s="321"/>
+      <c r="AH12" s="321"/>
+      <c r="AI12" s="322"/>
     </row>
     <row r="13" spans="1:39" ht="22.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A13" s="188" t="s">
-[...41 lines deleted...]
-      <c r="AI13" s="180"/>
+      <c r="A13" s="223" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" s="246"/>
+      <c r="C13" s="246"/>
+      <c r="D13" s="247"/>
+      <c r="E13" s="303" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" s="304"/>
+      <c r="G13" s="304"/>
+      <c r="H13" s="304"/>
+      <c r="I13" s="304"/>
+      <c r="J13" s="304"/>
+      <c r="K13" s="304"/>
+      <c r="L13" s="304"/>
+      <c r="M13" s="304"/>
+      <c r="N13" s="304"/>
+      <c r="O13" s="304"/>
+      <c r="P13" s="304"/>
+      <c r="Q13" s="305"/>
+      <c r="R13" s="270" t="s">
+        <v>40</v>
+      </c>
+      <c r="S13" s="246"/>
+      <c r="T13" s="246"/>
+      <c r="U13" s="247"/>
+      <c r="V13" s="213" t="s">
+        <v>44</v>
+      </c>
+      <c r="W13" s="214"/>
+      <c r="X13" s="214"/>
+      <c r="Y13" s="214"/>
+      <c r="Z13" s="214"/>
+      <c r="AA13" s="214"/>
+      <c r="AB13" s="214"/>
+      <c r="AC13" s="214"/>
+      <c r="AD13" s="214"/>
+      <c r="AE13" s="214"/>
+      <c r="AF13" s="214"/>
+      <c r="AG13" s="214"/>
+      <c r="AH13" s="214"/>
+      <c r="AI13" s="215"/>
     </row>
     <row r="14" spans="1:39" ht="22.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-      <c r="A14" s="272"/>
-[...33 lines deleted...]
-      <c r="AI14" s="250"/>
+      <c r="A14" s="312"/>
+      <c r="B14" s="272"/>
+      <c r="C14" s="272"/>
+      <c r="D14" s="273"/>
+      <c r="E14" s="306"/>
+      <c r="F14" s="307"/>
+      <c r="G14" s="307"/>
+      <c r="H14" s="307"/>
+      <c r="I14" s="307"/>
+      <c r="J14" s="307"/>
+      <c r="K14" s="307"/>
+      <c r="L14" s="307"/>
+      <c r="M14" s="307"/>
+      <c r="N14" s="307"/>
+      <c r="O14" s="307"/>
+      <c r="P14" s="307"/>
+      <c r="Q14" s="308"/>
+      <c r="R14" s="271"/>
+      <c r="S14" s="272"/>
+      <c r="T14" s="272"/>
+      <c r="U14" s="273"/>
+      <c r="V14" s="313"/>
+      <c r="W14" s="274"/>
+      <c r="X14" s="274"/>
+      <c r="Y14" s="274"/>
+      <c r="Z14" s="274"/>
+      <c r="AA14" s="274"/>
+      <c r="AB14" s="274"/>
+      <c r="AC14" s="274"/>
+      <c r="AD14" s="274"/>
+      <c r="AE14" s="274"/>
+      <c r="AF14" s="274"/>
+      <c r="AG14" s="274"/>
+      <c r="AH14" s="274"/>
+      <c r="AI14" s="275"/>
     </row>
     <row r="15" spans="1:39" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A15" s="20"/>
       <c r="B15" s="20"/>
       <c r="C15" s="20"/>
       <c r="D15" s="20"/>
       <c r="E15" s="20"/>
       <c r="F15" s="20"/>
       <c r="G15" s="20"/>
       <c r="H15" s="20"/>
       <c r="I15" s="20"/>
       <c r="J15" s="20"/>
       <c r="K15" s="20"/>
       <c r="L15" s="20"/>
       <c r="M15" s="20"/>
       <c r="N15" s="20"/>
       <c r="O15" s="20"/>
       <c r="P15" s="20"/>
       <c r="Q15" s="20"/>
       <c r="R15" s="20"/>
       <c r="S15" s="20"/>
       <c r="T15" s="20"/>
       <c r="U15" s="20"/>
       <c r="V15" s="20"/>
       <c r="W15" s="20"/>
       <c r="X15" s="20"/>
       <c r="Y15" s="20"/>
       <c r="Z15" s="20"/>
       <c r="AA15" s="20"/>
       <c r="AB15" s="20"/>
       <c r="AC15" s="20"/>
       <c r="AD15" s="20"/>
       <c r="AE15" s="20"/>
       <c r="AF15" s="20"/>
       <c r="AG15" s="20"/>
       <c r="AH15" s="20"/>
       <c r="AI15" s="20"/>
     </row>
     <row r="16" spans="1:39" ht="36" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A16" s="259" t="s">
-[...5 lines deleted...]
-      <c r="E16" s="295">
+      <c r="A16" s="262" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="263"/>
+      <c r="C16" s="263"/>
+      <c r="D16" s="263"/>
+      <c r="E16" s="334">
         <v>0</v>
       </c>
-      <c r="F16" s="296"/>
-      <c r="G16" s="297">
+      <c r="F16" s="335"/>
+      <c r="G16" s="336">
         <v>1</v>
       </c>
-      <c r="H16" s="296"/>
-      <c r="I16" s="297">
+      <c r="H16" s="335"/>
+      <c r="I16" s="336">
         <v>4</v>
       </c>
-      <c r="J16" s="296"/>
-      <c r="K16" s="297">
+      <c r="J16" s="335"/>
+      <c r="K16" s="336">
         <v>3</v>
       </c>
-      <c r="L16" s="296"/>
-      <c r="M16" s="298">
+      <c r="L16" s="335"/>
+      <c r="M16" s="337">
         <v>0</v>
       </c>
-      <c r="N16" s="299"/>
-      <c r="O16" s="298">
+      <c r="N16" s="338"/>
+      <c r="O16" s="337">
         <v>0</v>
       </c>
-      <c r="P16" s="299"/>
-      <c r="Q16" s="298">
+      <c r="P16" s="338"/>
+      <c r="Q16" s="337">
         <v>1</v>
       </c>
-      <c r="R16" s="299"/>
-      <c r="S16" s="300">
+      <c r="R16" s="338"/>
+      <c r="S16" s="339">
         <v>6</v>
       </c>
-      <c r="T16" s="301"/>
-[...6 lines deleted...]
-      <c r="Y16" s="295">
+      <c r="T16" s="340"/>
+      <c r="U16" s="263" t="s">
+        <v>24</v>
+      </c>
+      <c r="V16" s="263"/>
+      <c r="W16" s="263"/>
+      <c r="X16" s="263"/>
+      <c r="Y16" s="334">
         <v>12345678</v>
       </c>
-      <c r="Z16" s="295"/>
-[...8 lines deleted...]
-      <c r="AI16" s="302"/>
+      <c r="Z16" s="334"/>
+      <c r="AA16" s="334"/>
+      <c r="AB16" s="334"/>
+      <c r="AC16" s="334"/>
+      <c r="AD16" s="334"/>
+      <c r="AE16" s="334"/>
+      <c r="AF16" s="334"/>
+      <c r="AG16" s="334"/>
+      <c r="AH16" s="334"/>
+      <c r="AI16" s="341"/>
     </row>
     <row r="17" spans="1:35" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-      <c r="A17" s="227" t="s">
-[...37 lines deleted...]
-      <c r="AI17" s="232"/>
+      <c r="A17" s="282" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="283"/>
+      <c r="C17" s="283"/>
+      <c r="D17" s="284"/>
+      <c r="E17" s="285" t="s">
+        <v>35</v>
+      </c>
+      <c r="F17" s="286"/>
+      <c r="G17" s="286"/>
+      <c r="H17" s="286"/>
+      <c r="I17" s="286"/>
+      <c r="J17" s="286"/>
+      <c r="K17" s="286"/>
+      <c r="L17" s="286"/>
+      <c r="M17" s="286"/>
+      <c r="N17" s="286"/>
+      <c r="O17" s="286"/>
+      <c r="P17" s="286"/>
+      <c r="Q17" s="286"/>
+      <c r="R17" s="286"/>
+      <c r="S17" s="286"/>
+      <c r="T17" s="286"/>
+      <c r="U17" s="286"/>
+      <c r="V17" s="286"/>
+      <c r="W17" s="286"/>
+      <c r="X17" s="286"/>
+      <c r="Y17" s="286"/>
+      <c r="Z17" s="286"/>
+      <c r="AA17" s="286"/>
+      <c r="AB17" s="286"/>
+      <c r="AC17" s="286"/>
+      <c r="AD17" s="286"/>
+      <c r="AE17" s="286"/>
+      <c r="AF17" s="286"/>
+      <c r="AG17" s="286"/>
+      <c r="AH17" s="286"/>
+      <c r="AI17" s="287"/>
     </row>
-    <row r="18" spans="1:35" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
-[...36 lines deleted...]
-      <c r="AI18" s="20"/>
+    <row r="18" spans="1:35" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18"/>
+      <c r="B18"/>
+      <c r="C18"/>
+      <c r="D18"/>
+      <c r="E18"/>
+      <c r="F18"/>
+      <c r="G18"/>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18"/>
+      <c r="K18"/>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18"/>
+      <c r="W18"/>
+      <c r="X18"/>
+      <c r="Y18"/>
+      <c r="Z18"/>
+      <c r="AA18"/>
+      <c r="AB18"/>
+      <c r="AC18"/>
+      <c r="AD18"/>
+      <c r="AE18"/>
+      <c r="AF18"/>
+      <c r="AG18"/>
+      <c r="AH18"/>
+      <c r="AI18"/>
     </row>
-    <row r="19" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...38 lines deleted...]
-      <c r="AI19" s="252"/>
+    <row r="19" spans="1:35" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A19" s="281" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" s="281"/>
+      <c r="C19" s="281"/>
+      <c r="D19" s="281"/>
+      <c r="E19" s="281"/>
+      <c r="F19" s="281"/>
+      <c r="G19" s="281"/>
+      <c r="H19" s="281"/>
+      <c r="I19" s="281"/>
+      <c r="J19" s="279" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" s="280"/>
+      <c r="L19" s="280"/>
+      <c r="M19" s="280"/>
+      <c r="N19" s="280"/>
+      <c r="O19" s="280"/>
+      <c r="P19" s="280"/>
+      <c r="Q19" s="280"/>
+      <c r="R19" s="280"/>
+      <c r="S19" s="280"/>
+      <c r="T19" s="280"/>
+      <c r="U19" s="280"/>
+      <c r="V19" s="280"/>
+      <c r="W19" s="280"/>
+      <c r="X19" s="280"/>
+      <c r="Y19" s="280"/>
+      <c r="Z19" s="280"/>
+      <c r="AA19" s="280"/>
+      <c r="AB19" s="280"/>
+      <c r="AC19" s="280"/>
+      <c r="AD19" s="280"/>
+      <c r="AE19" s="280"/>
+      <c r="AF19" s="280"/>
+      <c r="AG19" s="280"/>
+      <c r="AH19" s="280"/>
+      <c r="AI19" s="280"/>
     </row>
     <row r="20" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A20" s="236"/>
-[...35 lines deleted...]
-      <c r="AI20" s="255"/>
+      <c r="A20" s="288" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" s="289"/>
+      <c r="C20" s="289"/>
+      <c r="D20" s="290"/>
+      <c r="E20" s="276" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" s="276"/>
+      <c r="G20" s="276"/>
+      <c r="H20" s="276"/>
+      <c r="I20" s="276"/>
+      <c r="J20" s="276"/>
+      <c r="K20" s="276"/>
+      <c r="L20" s="276"/>
+      <c r="M20" s="276"/>
+      <c r="N20" s="276"/>
+      <c r="O20" s="276"/>
+      <c r="P20" s="276"/>
+      <c r="Q20" s="276"/>
+      <c r="R20" s="276"/>
+      <c r="S20" s="276"/>
+      <c r="T20" s="276"/>
+      <c r="U20" s="276"/>
+      <c r="V20" s="276"/>
+      <c r="W20" s="276"/>
+      <c r="X20" s="276"/>
+      <c r="Y20" s="276"/>
+      <c r="Z20" s="276"/>
+      <c r="AA20" s="276"/>
+      <c r="AB20" s="276"/>
+      <c r="AC20" s="276"/>
+      <c r="AD20" s="276"/>
+      <c r="AE20" s="276"/>
+      <c r="AF20" s="276"/>
+      <c r="AG20" s="276"/>
+      <c r="AH20" s="276"/>
+      <c r="AI20" s="277"/>
     </row>
     <row r="21" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A21" s="236"/>
-[...35 lines deleted...]
-      <c r="AI21" s="255"/>
+      <c r="A21" s="291"/>
+      <c r="B21" s="292"/>
+      <c r="C21" s="292"/>
+      <c r="D21" s="293"/>
+      <c r="E21" s="297" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" s="298"/>
+      <c r="G21" s="298"/>
+      <c r="H21" s="298"/>
+      <c r="I21" s="298"/>
+      <c r="J21" s="298"/>
+      <c r="K21" s="298"/>
+      <c r="L21" s="298"/>
+      <c r="M21" s="298"/>
+      <c r="N21" s="298"/>
+      <c r="O21" s="298"/>
+      <c r="P21" s="298"/>
+      <c r="Q21" s="298"/>
+      <c r="R21" s="298"/>
+      <c r="S21" s="298"/>
+      <c r="T21" s="298"/>
+      <c r="U21" s="298"/>
+      <c r="V21" s="298"/>
+      <c r="W21" s="298"/>
+      <c r="X21" s="298"/>
+      <c r="Y21" s="298"/>
+      <c r="Z21" s="298"/>
+      <c r="AA21" s="298"/>
+      <c r="AB21" s="298"/>
+      <c r="AC21" s="298"/>
+      <c r="AD21" s="298"/>
+      <c r="AE21" s="298"/>
+      <c r="AF21" s="298"/>
+      <c r="AG21" s="298"/>
+      <c r="AH21" s="298"/>
+      <c r="AI21" s="299"/>
     </row>
     <row r="22" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A22" s="236"/>
-[...35 lines deleted...]
-      <c r="AI22" s="258"/>
+      <c r="A22" s="291"/>
+      <c r="B22" s="292"/>
+      <c r="C22" s="292"/>
+      <c r="D22" s="293"/>
+      <c r="E22" s="297" t="s">
+        <v>55</v>
+      </c>
+      <c r="F22" s="298"/>
+      <c r="G22" s="298"/>
+      <c r="H22" s="298"/>
+      <c r="I22" s="298"/>
+      <c r="J22" s="298"/>
+      <c r="K22" s="298"/>
+      <c r="L22" s="298"/>
+      <c r="M22" s="298"/>
+      <c r="N22" s="298"/>
+      <c r="O22" s="298"/>
+      <c r="P22" s="298"/>
+      <c r="Q22" s="298"/>
+      <c r="R22" s="298"/>
+      <c r="S22" s="298"/>
+      <c r="T22" s="298"/>
+      <c r="U22" s="298"/>
+      <c r="V22" s="298"/>
+      <c r="W22" s="298"/>
+      <c r="X22" s="298"/>
+      <c r="Y22" s="298"/>
+      <c r="Z22" s="298"/>
+      <c r="AA22" s="298"/>
+      <c r="AB22" s="298"/>
+      <c r="AC22" s="298"/>
+      <c r="AD22" s="298"/>
+      <c r="AE22" s="298"/>
+      <c r="AF22" s="298"/>
+      <c r="AG22" s="298"/>
+      <c r="AH22" s="298"/>
+      <c r="AI22" s="299"/>
     </row>
-    <row r="23" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...36 lines deleted...]
-      <c r="AI23" s="117"/>
+    <row r="23" spans="1:35" ht="43.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A23" s="291"/>
+      <c r="B23" s="292"/>
+      <c r="C23" s="292"/>
+      <c r="D23" s="293"/>
+      <c r="E23" s="300" t="s">
+        <v>144</v>
+      </c>
+      <c r="F23" s="301"/>
+      <c r="G23" s="301"/>
+      <c r="H23" s="301"/>
+      <c r="I23" s="301"/>
+      <c r="J23" s="301"/>
+      <c r="K23" s="301"/>
+      <c r="L23" s="301"/>
+      <c r="M23" s="301"/>
+      <c r="N23" s="301"/>
+      <c r="O23" s="301"/>
+      <c r="P23" s="301"/>
+      <c r="Q23" s="301"/>
+      <c r="R23" s="301"/>
+      <c r="S23" s="301"/>
+      <c r="T23" s="301"/>
+      <c r="U23" s="301"/>
+      <c r="V23" s="301"/>
+      <c r="W23" s="301"/>
+      <c r="X23" s="301"/>
+      <c r="Y23" s="301"/>
+      <c r="Z23" s="301"/>
+      <c r="AA23" s="301"/>
+      <c r="AB23" s="301"/>
+      <c r="AC23" s="301"/>
+      <c r="AD23" s="301"/>
+      <c r="AE23" s="301"/>
+      <c r="AF23" s="301"/>
+      <c r="AG23" s="301"/>
+      <c r="AH23" s="301"/>
+      <c r="AI23" s="302"/>
     </row>
     <row r="24" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A24" s="236"/>
-[...35 lines deleted...]
-      <c r="AI24" s="291"/>
+      <c r="A24" s="291"/>
+      <c r="B24" s="292"/>
+      <c r="C24" s="292"/>
+      <c r="D24" s="293"/>
+      <c r="E24" s="153" t="s">
+        <v>63</v>
+      </c>
+      <c r="F24" s="153"/>
+      <c r="G24" s="153"/>
+      <c r="H24" s="153"/>
+      <c r="I24" s="153"/>
+      <c r="J24" s="153"/>
+      <c r="K24" s="153"/>
+      <c r="L24" s="153"/>
+      <c r="M24" s="153"/>
+      <c r="N24" s="153"/>
+      <c r="O24" s="153"/>
+      <c r="P24" s="153"/>
+      <c r="Q24" s="153"/>
+      <c r="R24" s="153"/>
+      <c r="S24" s="153"/>
+      <c r="T24" s="153"/>
+      <c r="U24" s="153"/>
+      <c r="V24" s="153"/>
+      <c r="W24" s="153"/>
+      <c r="X24" s="153"/>
+      <c r="Y24" s="153"/>
+      <c r="Z24" s="153"/>
+      <c r="AA24" s="153"/>
+      <c r="AB24" s="153"/>
+      <c r="AC24" s="153"/>
+      <c r="AD24" s="153"/>
+      <c r="AE24" s="153"/>
+      <c r="AF24" s="153"/>
+      <c r="AG24" s="153"/>
+      <c r="AH24" s="153"/>
+      <c r="AI24" s="154"/>
     </row>
-    <row r="25" spans="1:35" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...36 lines deleted...]
-      <c r="AI25" s="294"/>
+    <row r="25" spans="1:35" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A25" s="291"/>
+      <c r="B25" s="292"/>
+      <c r="C25" s="292"/>
+      <c r="D25" s="293"/>
+      <c r="E25" s="328" t="s">
+        <v>78</v>
+      </c>
+      <c r="F25" s="329"/>
+      <c r="G25" s="329"/>
+      <c r="H25" s="329"/>
+      <c r="I25" s="329"/>
+      <c r="J25" s="329"/>
+      <c r="K25" s="329"/>
+      <c r="L25" s="329"/>
+      <c r="M25" s="329"/>
+      <c r="N25" s="329"/>
+      <c r="O25" s="329"/>
+      <c r="P25" s="329"/>
+      <c r="Q25" s="329"/>
+      <c r="R25" s="329"/>
+      <c r="S25" s="329"/>
+      <c r="T25" s="329"/>
+      <c r="U25" s="329"/>
+      <c r="V25" s="329"/>
+      <c r="W25" s="329"/>
+      <c r="X25" s="329"/>
+      <c r="Y25" s="329"/>
+      <c r="Z25" s="329"/>
+      <c r="AA25" s="329"/>
+      <c r="AB25" s="329"/>
+      <c r="AC25" s="329"/>
+      <c r="AD25" s="329"/>
+      <c r="AE25" s="329"/>
+      <c r="AF25" s="329"/>
+      <c r="AG25" s="329"/>
+      <c r="AH25" s="329"/>
+      <c r="AI25" s="330"/>
     </row>
-    <row r="26" spans="1:35" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
-[...36 lines deleted...]
-      <c r="AI26" s="20"/>
+    <row r="26" spans="1:35" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A26" s="294"/>
+      <c r="B26" s="295"/>
+      <c r="C26" s="295"/>
+      <c r="D26" s="296"/>
+      <c r="E26" s="331" t="s">
+        <v>79</v>
+      </c>
+      <c r="F26" s="332"/>
+      <c r="G26" s="332"/>
+      <c r="H26" s="332"/>
+      <c r="I26" s="332"/>
+      <c r="J26" s="332"/>
+      <c r="K26" s="332"/>
+      <c r="L26" s="332"/>
+      <c r="M26" s="332"/>
+      <c r="N26" s="332"/>
+      <c r="O26" s="332"/>
+      <c r="P26" s="332"/>
+      <c r="Q26" s="332"/>
+      <c r="R26" s="332"/>
+      <c r="S26" s="332"/>
+      <c r="T26" s="332"/>
+      <c r="U26" s="332"/>
+      <c r="V26" s="332"/>
+      <c r="W26" s="332"/>
+      <c r="X26" s="332"/>
+      <c r="Y26" s="332"/>
+      <c r="Z26" s="332"/>
+      <c r="AA26" s="332"/>
+      <c r="AB26" s="332"/>
+      <c r="AC26" s="332"/>
+      <c r="AD26" s="332"/>
+      <c r="AE26" s="332"/>
+      <c r="AF26" s="332"/>
+      <c r="AG26" s="332"/>
+      <c r="AH26" s="332"/>
+      <c r="AI26" s="333"/>
     </row>
-    <row r="27" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...44 lines deleted...]
-      <c r="AI27" s="155"/>
+    <row r="27" spans="1:35" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A27" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="B27" s="20"/>
+      <c r="C27" s="20"/>
+      <c r="D27" s="20"/>
+      <c r="E27" s="20"/>
+      <c r="F27" s="20"/>
+      <c r="G27" s="20"/>
+      <c r="H27" s="20"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="20"/>
+      <c r="K27" s="20"/>
+      <c r="L27" s="20"/>
+      <c r="M27" s="20"/>
+      <c r="N27" s="20"/>
+      <c r="O27" s="20"/>
+      <c r="P27" s="20"/>
+      <c r="Q27" s="20"/>
+      <c r="R27" s="20"/>
+      <c r="S27" s="20"/>
+      <c r="T27" s="20"/>
+      <c r="U27" s="20"/>
+      <c r="V27" s="20"/>
+      <c r="W27" s="20"/>
+      <c r="X27" s="20"/>
+      <c r="Y27" s="20"/>
+      <c r="Z27" s="20"/>
+      <c r="AA27" s="20"/>
+      <c r="AB27" s="20"/>
+      <c r="AC27" s="20"/>
+      <c r="AD27" s="20"/>
+      <c r="AE27" s="20"/>
+      <c r="AF27" s="20"/>
+      <c r="AG27" s="20"/>
+      <c r="AH27" s="20"/>
+      <c r="AI27" s="20"/>
     </row>
     <row r="28" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A28" s="137"/>
-[...33 lines deleted...]
-      <c r="AI28" s="162"/>
+      <c r="A28" s="171" t="s">
+        <v>27</v>
+      </c>
+      <c r="B28" s="172"/>
+      <c r="C28" s="172"/>
+      <c r="D28" s="173"/>
+      <c r="E28" s="177" t="s">
+        <v>28</v>
+      </c>
+      <c r="F28" s="178"/>
+      <c r="G28" s="178"/>
+      <c r="H28" s="178"/>
+      <c r="I28" s="178"/>
+      <c r="J28" s="178"/>
+      <c r="K28" s="178" t="s">
+        <v>56</v>
+      </c>
+      <c r="L28" s="178"/>
+      <c r="M28" s="178"/>
+      <c r="N28" s="178"/>
+      <c r="O28" s="178"/>
+      <c r="P28" s="178"/>
+      <c r="Q28" s="178"/>
+      <c r="R28" s="178"/>
+      <c r="S28" s="178" t="s">
+        <v>29</v>
+      </c>
+      <c r="T28" s="178"/>
+      <c r="U28" s="178"/>
+      <c r="V28" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="W28" s="190"/>
+      <c r="X28" s="190"/>
+      <c r="Y28" s="190"/>
+      <c r="Z28" s="190"/>
+      <c r="AA28" s="190"/>
+      <c r="AB28" s="191"/>
+      <c r="AC28" s="191"/>
+      <c r="AD28" s="191"/>
+      <c r="AE28" s="191"/>
+      <c r="AF28" s="191"/>
+      <c r="AG28" s="191"/>
+      <c r="AH28" s="191"/>
+      <c r="AI28" s="192"/>
     </row>
     <row r="29" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A29" s="158" t="s">
-[...43 lines deleted...]
-      <c r="AI29" s="164"/>
+      <c r="A29" s="174"/>
+      <c r="B29" s="175"/>
+      <c r="C29" s="175"/>
+      <c r="D29" s="176"/>
+      <c r="E29" s="179"/>
+      <c r="F29" s="180"/>
+      <c r="G29" s="180"/>
+      <c r="H29" s="180"/>
+      <c r="I29" s="180"/>
+      <c r="J29" s="180"/>
+      <c r="K29" s="180"/>
+      <c r="L29" s="180"/>
+      <c r="M29" s="180"/>
+      <c r="N29" s="180"/>
+      <c r="O29" s="180"/>
+      <c r="P29" s="180"/>
+      <c r="Q29" s="180"/>
+      <c r="R29" s="180"/>
+      <c r="S29" s="180"/>
+      <c r="T29" s="180"/>
+      <c r="U29" s="180"/>
+      <c r="V29" s="193"/>
+      <c r="W29" s="193"/>
+      <c r="X29" s="193"/>
+      <c r="Y29" s="193"/>
+      <c r="Z29" s="193"/>
+      <c r="AA29" s="198"/>
+      <c r="AB29" s="198"/>
+      <c r="AC29" s="198"/>
+      <c r="AD29" s="198"/>
+      <c r="AE29" s="198"/>
+      <c r="AF29" s="198"/>
+      <c r="AG29" s="198"/>
+      <c r="AH29" s="198"/>
+      <c r="AI29" s="199"/>
     </row>
     <row r="30" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A30" s="158"/>
-[...33 lines deleted...]
-      <c r="AI30" s="162"/>
+      <c r="A30" s="195" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" s="196"/>
+      <c r="C30" s="196"/>
+      <c r="D30" s="196"/>
+      <c r="E30" s="197" t="s">
+        <v>28</v>
+      </c>
+      <c r="F30" s="163"/>
+      <c r="G30" s="163"/>
+      <c r="H30" s="163"/>
+      <c r="I30" s="163"/>
+      <c r="J30" s="163"/>
+      <c r="K30" s="163" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" s="163"/>
+      <c r="M30" s="163"/>
+      <c r="N30" s="163"/>
+      <c r="O30" s="163"/>
+      <c r="P30" s="163"/>
+      <c r="Q30" s="163"/>
+      <c r="R30" s="163"/>
+      <c r="S30" s="163" t="s">
+        <v>29</v>
+      </c>
+      <c r="T30" s="163"/>
+      <c r="U30" s="163"/>
+      <c r="V30" s="202" t="s">
+        <v>42</v>
+      </c>
+      <c r="W30" s="202"/>
+      <c r="X30" s="202"/>
+      <c r="Y30" s="202"/>
+      <c r="Z30" s="202"/>
+      <c r="AA30" s="202"/>
+      <c r="AB30" s="200"/>
+      <c r="AC30" s="200"/>
+      <c r="AD30" s="200"/>
+      <c r="AE30" s="200"/>
+      <c r="AF30" s="200"/>
+      <c r="AG30" s="200"/>
+      <c r="AH30" s="200"/>
+      <c r="AI30" s="201"/>
     </row>
     <row r="31" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A31" s="144" t="s">
-[...41 lines deleted...]
-      <c r="AI31" s="164"/>
+      <c r="A31" s="195"/>
+      <c r="B31" s="196"/>
+      <c r="C31" s="196"/>
+      <c r="D31" s="196"/>
+      <c r="E31" s="179"/>
+      <c r="F31" s="180"/>
+      <c r="G31" s="180"/>
+      <c r="H31" s="180"/>
+      <c r="I31" s="180"/>
+      <c r="J31" s="180"/>
+      <c r="K31" s="180"/>
+      <c r="L31" s="180"/>
+      <c r="M31" s="180"/>
+      <c r="N31" s="180"/>
+      <c r="O31" s="180"/>
+      <c r="P31" s="180"/>
+      <c r="Q31" s="180"/>
+      <c r="R31" s="180"/>
+      <c r="S31" s="180"/>
+      <c r="T31" s="180"/>
+      <c r="U31" s="180"/>
+      <c r="V31" s="198"/>
+      <c r="W31" s="198"/>
+      <c r="X31" s="198"/>
+      <c r="Y31" s="198"/>
+      <c r="Z31" s="198"/>
+      <c r="AA31" s="198"/>
+      <c r="AB31" s="198"/>
+      <c r="AC31" s="198"/>
+      <c r="AD31" s="198"/>
+      <c r="AE31" s="198"/>
+      <c r="AF31" s="198"/>
+      <c r="AG31" s="198"/>
+      <c r="AH31" s="198"/>
+      <c r="AI31" s="199"/>
     </row>
     <row r="32" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A32" s="147"/>
-[...35 lines deleted...]
-      <c r="AI32" s="287"/>
+      <c r="A32" s="181" t="s">
+        <v>52</v>
+      </c>
+      <c r="B32" s="182"/>
+      <c r="C32" s="182"/>
+      <c r="D32" s="183"/>
+      <c r="E32" s="197" t="s">
+        <v>28</v>
+      </c>
+      <c r="F32" s="163"/>
+      <c r="G32" s="163"/>
+      <c r="H32" s="163"/>
+      <c r="I32" s="163"/>
+      <c r="J32" s="163"/>
+      <c r="K32" s="161"/>
+      <c r="L32" s="161"/>
+      <c r="M32" s="161"/>
+      <c r="N32" s="161"/>
+      <c r="O32" s="161"/>
+      <c r="P32" s="161"/>
+      <c r="Q32" s="161"/>
+      <c r="R32" s="161"/>
+      <c r="S32" s="163" t="s">
+        <v>30</v>
+      </c>
+      <c r="T32" s="163"/>
+      <c r="U32" s="163"/>
+      <c r="V32" s="202" t="s">
+        <v>46</v>
+      </c>
+      <c r="W32" s="202"/>
+      <c r="X32" s="202"/>
+      <c r="Y32" s="202"/>
+      <c r="Z32" s="202"/>
+      <c r="AA32" s="202"/>
+      <c r="AB32" s="200"/>
+      <c r="AC32" s="200"/>
+      <c r="AD32" s="200"/>
+      <c r="AE32" s="200"/>
+      <c r="AF32" s="200"/>
+      <c r="AG32" s="200"/>
+      <c r="AH32" s="200"/>
+      <c r="AI32" s="201"/>
     </row>
     <row r="33" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A33" s="147"/>
-[...35 lines deleted...]
-      <c r="AI33" s="130"/>
+      <c r="A33" s="184"/>
+      <c r="B33" s="185"/>
+      <c r="C33" s="185"/>
+      <c r="D33" s="186"/>
+      <c r="E33" s="203"/>
+      <c r="F33" s="164"/>
+      <c r="G33" s="164"/>
+      <c r="H33" s="164"/>
+      <c r="I33" s="164"/>
+      <c r="J33" s="164"/>
+      <c r="K33" s="162"/>
+      <c r="L33" s="162"/>
+      <c r="M33" s="162"/>
+      <c r="N33" s="162"/>
+      <c r="O33" s="162"/>
+      <c r="P33" s="162"/>
+      <c r="Q33" s="162"/>
+      <c r="R33" s="162"/>
+      <c r="S33" s="164"/>
+      <c r="T33" s="164"/>
+      <c r="U33" s="164"/>
+      <c r="V33" s="326" t="s">
+        <v>64</v>
+      </c>
+      <c r="W33" s="326"/>
+      <c r="X33" s="326"/>
+      <c r="Y33" s="326"/>
+      <c r="Z33" s="326"/>
+      <c r="AA33" s="326"/>
+      <c r="AB33" s="326"/>
+      <c r="AC33" s="326"/>
+      <c r="AD33" s="326"/>
+      <c r="AE33" s="326"/>
+      <c r="AF33" s="326"/>
+      <c r="AG33" s="326"/>
+      <c r="AH33" s="326"/>
+      <c r="AI33" s="327"/>
     </row>
-    <row r="34" spans="1:35" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...34 lines deleted...]
-      <c r="AI34" s="133"/>
+    <row r="34" spans="1:35" ht="27.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A34" s="184"/>
+      <c r="B34" s="185"/>
+      <c r="C34" s="185"/>
+      <c r="D34" s="186"/>
+      <c r="E34" s="165" t="s">
+        <v>109</v>
+      </c>
+      <c r="F34" s="166"/>
+      <c r="G34" s="166"/>
+      <c r="H34" s="166"/>
+      <c r="I34" s="166"/>
+      <c r="J34" s="166"/>
+      <c r="K34" s="166"/>
+      <c r="L34" s="166"/>
+      <c r="M34" s="166"/>
+      <c r="N34" s="166"/>
+      <c r="O34" s="166"/>
+      <c r="P34" s="166"/>
+      <c r="Q34" s="166"/>
+      <c r="R34" s="166"/>
+      <c r="S34" s="166"/>
+      <c r="T34" s="166"/>
+      <c r="U34" s="166"/>
+      <c r="V34" s="166"/>
+      <c r="W34" s="166"/>
+      <c r="X34" s="166"/>
+      <c r="Y34" s="166"/>
+      <c r="Z34" s="166"/>
+      <c r="AA34" s="166"/>
+      <c r="AB34" s="166"/>
+      <c r="AC34" s="166"/>
+      <c r="AD34" s="166"/>
+      <c r="AE34" s="166"/>
+      <c r="AF34" s="166"/>
+      <c r="AG34" s="166"/>
+      <c r="AH34" s="166"/>
+      <c r="AI34" s="167"/>
     </row>
-    <row r="35" spans="1:35" ht="7.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...34 lines deleted...]
-      <c r="AI35" s="4"/>
+    <row r="35" spans="1:35" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A35" s="187"/>
+      <c r="B35" s="188"/>
+      <c r="C35" s="188"/>
+      <c r="D35" s="189"/>
+      <c r="E35" s="168"/>
+      <c r="F35" s="169"/>
+      <c r="G35" s="169"/>
+      <c r="H35" s="169"/>
+      <c r="I35" s="169"/>
+      <c r="J35" s="169"/>
+      <c r="K35" s="169"/>
+      <c r="L35" s="169"/>
+      <c r="M35" s="169"/>
+      <c r="N35" s="169"/>
+      <c r="O35" s="169"/>
+      <c r="P35" s="169"/>
+      <c r="Q35" s="169"/>
+      <c r="R35" s="169"/>
+      <c r="S35" s="169"/>
+      <c r="T35" s="169"/>
+      <c r="U35" s="169"/>
+      <c r="V35" s="169"/>
+      <c r="W35" s="169"/>
+      <c r="X35" s="169"/>
+      <c r="Y35" s="169"/>
+      <c r="Z35" s="169"/>
+      <c r="AA35" s="169"/>
+      <c r="AB35" s="169"/>
+      <c r="AC35" s="169"/>
+      <c r="AD35" s="169"/>
+      <c r="AE35" s="169"/>
+      <c r="AF35" s="169"/>
+      <c r="AG35" s="169"/>
+      <c r="AH35" s="169"/>
+      <c r="AI35" s="170"/>
     </row>
-    <row r="36" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...36 lines deleted...]
-      <c r="AI36" s="120"/>
+    <row r="36" spans="1:35" ht="7.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" s="4"/>
+      <c r="B36" s="4"/>
+      <c r="C36" s="4"/>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="4"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="4"/>
+      <c r="I36" s="4"/>
+      <c r="J36" s="4"/>
+      <c r="K36" s="4"/>
+      <c r="L36" s="4"/>
+      <c r="M36" s="4"/>
+      <c r="N36" s="4"/>
+      <c r="O36" s="4"/>
+      <c r="P36" s="4"/>
+      <c r="Q36" s="4"/>
+      <c r="R36" s="4"/>
+      <c r="S36" s="4"/>
+      <c r="T36" s="4"/>
+      <c r="U36" s="4"/>
+      <c r="V36" s="4"/>
+      <c r="W36" s="4"/>
+      <c r="X36" s="4"/>
+      <c r="Y36" s="4"/>
+      <c r="Z36" s="4"/>
+      <c r="AA36" s="4"/>
+      <c r="AB36" s="4"/>
+      <c r="AC36" s="4"/>
+      <c r="AD36" s="4"/>
+      <c r="AE36" s="4"/>
+      <c r="AF36" s="4"/>
+      <c r="AG36" s="4"/>
+      <c r="AH36" s="4"/>
+      <c r="AI36" s="4"/>
     </row>
-    <row r="37" spans="1:35" ht="3.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...34 lines deleted...]
-      <c r="AI37" s="7"/>
+    <row r="37" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A37" s="157" t="s">
+        <v>31</v>
+      </c>
+      <c r="B37" s="157"/>
+      <c r="C37" s="157"/>
+      <c r="D37" s="157"/>
+      <c r="E37" s="157"/>
+      <c r="F37" s="157"/>
+      <c r="G37" s="157"/>
+      <c r="H37" s="157"/>
+      <c r="I37" s="157"/>
+      <c r="J37" s="157"/>
+      <c r="K37" s="157"/>
+      <c r="L37" s="157"/>
+      <c r="M37" s="157"/>
+      <c r="N37" s="157"/>
+      <c r="O37" s="157"/>
+      <c r="P37" s="157"/>
+      <c r="Q37" s="157"/>
+      <c r="R37" s="157"/>
+      <c r="S37" s="157"/>
+      <c r="T37" s="157"/>
+      <c r="U37" s="157"/>
+      <c r="V37" s="157"/>
+      <c r="W37" s="157"/>
+      <c r="X37" s="157"/>
+      <c r="Y37" s="157"/>
+      <c r="Z37" s="157"/>
+      <c r="AA37" s="157"/>
+      <c r="AB37" s="157"/>
+      <c r="AC37" s="157"/>
+      <c r="AD37" s="157"/>
+      <c r="AE37" s="157"/>
+      <c r="AF37" s="157"/>
+      <c r="AG37" s="157"/>
+      <c r="AH37" s="157"/>
+      <c r="AI37" s="157"/>
     </row>
-    <row r="38" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...36 lines deleted...]
-      <c r="AI38" s="120"/>
+    <row r="38" spans="1:35" ht="3.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A38" s="7"/>
+      <c r="B38" s="7"/>
+      <c r="C38" s="7"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="7"/>
+      <c r="G38" s="7"/>
+      <c r="H38" s="7"/>
+      <c r="I38" s="7"/>
+      <c r="J38" s="7"/>
+      <c r="K38" s="7"/>
+      <c r="L38" s="7"/>
+      <c r="M38" s="7"/>
+      <c r="N38" s="7"/>
+      <c r="O38" s="7"/>
+      <c r="P38" s="7"/>
+      <c r="Q38" s="7"/>
+      <c r="R38" s="7"/>
+      <c r="S38" s="7"/>
+      <c r="T38" s="7"/>
+      <c r="U38" s="7"/>
+      <c r="V38" s="7"/>
+      <c r="W38" s="7"/>
+      <c r="X38" s="7"/>
+      <c r="Y38" s="7"/>
+      <c r="Z38" s="7"/>
+      <c r="AA38" s="7"/>
+      <c r="AB38" s="7"/>
+      <c r="AC38" s="7"/>
+      <c r="AD38" s="7"/>
+      <c r="AE38" s="7"/>
+      <c r="AF38" s="7"/>
+      <c r="AG38" s="7"/>
+      <c r="AH38" s="7"/>
+      <c r="AI38" s="7"/>
     </row>
     <row r="39" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A39" s="121" t="s">
-[...35 lines deleted...]
-      <c r="AI39" s="121"/>
+      <c r="A39" s="157" t="s">
+        <v>32</v>
+      </c>
+      <c r="B39" s="157"/>
+      <c r="C39" s="157"/>
+      <c r="D39" s="157"/>
+      <c r="E39" s="157"/>
+      <c r="F39" s="157"/>
+      <c r="G39" s="157"/>
+      <c r="H39" s="157"/>
+      <c r="I39" s="157"/>
+      <c r="J39" s="157"/>
+      <c r="K39" s="157"/>
+      <c r="L39" s="157"/>
+      <c r="M39" s="157"/>
+      <c r="N39" s="157"/>
+      <c r="O39" s="157"/>
+      <c r="P39" s="157"/>
+      <c r="Q39" s="157"/>
+      <c r="R39" s="157"/>
+      <c r="S39" s="157"/>
+      <c r="T39" s="157"/>
+      <c r="U39" s="157"/>
+      <c r="V39" s="157"/>
+      <c r="W39" s="157"/>
+      <c r="X39" s="157"/>
+      <c r="Y39" s="157"/>
+      <c r="Z39" s="157"/>
+      <c r="AA39" s="157"/>
+      <c r="AB39" s="157"/>
+      <c r="AC39" s="157"/>
+      <c r="AD39" s="157"/>
+      <c r="AE39" s="157"/>
+      <c r="AF39" s="157"/>
+      <c r="AG39" s="157"/>
+      <c r="AH39" s="157"/>
+      <c r="AI39" s="157"/>
     </row>
-    <row r="40" spans="1:35" ht="5.15" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
-[...35 lines deleted...]
-      <c r="AI41" s="87"/>
+    <row r="40" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A40" s="158" t="s">
+        <v>33</v>
+      </c>
+      <c r="B40" s="158"/>
+      <c r="C40" s="158"/>
+      <c r="D40" s="158"/>
+      <c r="E40" s="158"/>
+      <c r="F40" s="158"/>
+      <c r="G40" s="158"/>
+      <c r="H40" s="158"/>
+      <c r="I40" s="158"/>
+      <c r="J40" s="158"/>
+      <c r="K40" s="158"/>
+      <c r="L40" s="158"/>
+      <c r="M40" s="158"/>
+      <c r="N40" s="158"/>
+      <c r="O40" s="158"/>
+      <c r="P40" s="158"/>
+      <c r="Q40" s="158"/>
+      <c r="R40" s="158"/>
+      <c r="S40" s="158"/>
+      <c r="T40" s="158"/>
+      <c r="U40" s="158"/>
+      <c r="V40" s="158"/>
+      <c r="W40" s="158"/>
+      <c r="X40" s="158"/>
+      <c r="Y40" s="158"/>
+      <c r="Z40" s="158"/>
+      <c r="AA40" s="158"/>
+      <c r="AB40" s="158"/>
+      <c r="AC40" s="158"/>
+      <c r="AD40" s="158"/>
+      <c r="AE40" s="158"/>
+      <c r="AF40" s="158"/>
+      <c r="AG40" s="158"/>
+      <c r="AH40" s="158"/>
+      <c r="AI40" s="158"/>
     </row>
-    <row r="42" spans="1:35" ht="26.5" x14ac:dyDescent="0.8">
-[...36 lines deleted...]
-      <c r="AI42" s="122"/>
+    <row r="41" spans="1:35" ht="5.15" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="42" spans="1:35" ht="3.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A42" s="66"/>
+      <c r="B42" s="67"/>
+      <c r="C42" s="68"/>
+      <c r="D42" s="68"/>
+      <c r="E42" s="68"/>
+      <c r="F42" s="68"/>
+      <c r="G42" s="68"/>
+      <c r="H42" s="68"/>
+      <c r="I42" s="68"/>
+      <c r="J42" s="68"/>
+      <c r="K42" s="68"/>
+      <c r="L42" s="68"/>
+      <c r="M42" s="66"/>
+      <c r="N42" s="68"/>
+      <c r="O42" s="68"/>
+      <c r="P42" s="68"/>
+      <c r="Q42" s="68"/>
+      <c r="R42" s="66"/>
+      <c r="S42" s="68"/>
+      <c r="T42" s="66"/>
+      <c r="U42" s="68"/>
+      <c r="V42" s="69"/>
+      <c r="W42" s="68"/>
+      <c r="X42" s="68"/>
+      <c r="Y42" s="68"/>
+      <c r="Z42" s="68"/>
+      <c r="AA42" s="68"/>
+      <c r="AB42" s="68"/>
+      <c r="AC42" s="68"/>
+      <c r="AD42" s="68"/>
+      <c r="AE42" s="68"/>
+      <c r="AF42" s="68"/>
+      <c r="AG42" s="68"/>
+      <c r="AH42" s="68"/>
+      <c r="AI42" s="68"/>
     </row>
-    <row r="43" spans="1:35" ht="85.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...36 lines deleted...]
-      <c r="AI43" s="89"/>
+    <row r="43" spans="1:35" ht="26.5" x14ac:dyDescent="0.8">
+      <c r="A43" s="159" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" s="159"/>
+      <c r="C43" s="159"/>
+      <c r="D43" s="159"/>
+      <c r="E43" s="159"/>
+      <c r="F43" s="159"/>
+      <c r="G43" s="159"/>
+      <c r="H43" s="159"/>
+      <c r="I43" s="159"/>
+      <c r="J43" s="159"/>
+      <c r="K43" s="159"/>
+      <c r="L43" s="159"/>
+      <c r="M43" s="159"/>
+      <c r="N43" s="159"/>
+      <c r="O43" s="159"/>
+      <c r="P43" s="159"/>
+      <c r="Q43" s="159"/>
+      <c r="R43" s="159"/>
+      <c r="S43" s="159"/>
+      <c r="T43" s="159"/>
+      <c r="U43" s="159"/>
+      <c r="V43" s="159"/>
+      <c r="W43" s="159"/>
+      <c r="X43" s="159"/>
+      <c r="Y43" s="159"/>
+      <c r="Z43" s="159"/>
+      <c r="AA43" s="159"/>
+      <c r="AB43" s="159"/>
+      <c r="AC43" s="159"/>
+      <c r="AD43" s="159"/>
+      <c r="AE43" s="159"/>
+      <c r="AF43" s="159"/>
+      <c r="AG43" s="159"/>
+      <c r="AH43" s="159"/>
+      <c r="AI43" s="159"/>
     </row>
-    <row r="44" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...34 lines deleted...]
-      <c r="AI44" s="87"/>
+    <row r="44" spans="1:35" ht="85.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A44" s="66"/>
+      <c r="B44" s="152" t="s">
+        <v>113</v>
+      </c>
+      <c r="C44" s="152"/>
+      <c r="D44" s="152"/>
+      <c r="E44" s="152"/>
+      <c r="F44" s="152"/>
+      <c r="G44" s="152"/>
+      <c r="H44" s="152"/>
+      <c r="I44" s="152"/>
+      <c r="J44" s="152"/>
+      <c r="K44" s="152"/>
+      <c r="L44" s="152"/>
+      <c r="M44" s="152"/>
+      <c r="N44" s="152"/>
+      <c r="O44" s="152"/>
+      <c r="P44" s="152"/>
+      <c r="Q44" s="152"/>
+      <c r="R44" s="152"/>
+      <c r="S44" s="152"/>
+      <c r="T44" s="152"/>
+      <c r="U44" s="152"/>
+      <c r="V44" s="152"/>
+      <c r="W44" s="152"/>
+      <c r="X44" s="152"/>
+      <c r="Y44" s="152"/>
+      <c r="Z44" s="152"/>
+      <c r="AA44" s="152"/>
+      <c r="AB44" s="152"/>
+      <c r="AC44" s="152"/>
+      <c r="AD44" s="152"/>
+      <c r="AE44" s="152"/>
+      <c r="AF44" s="152"/>
+      <c r="AG44" s="152"/>
+      <c r="AH44" s="152"/>
+      <c r="AI44" s="70"/>
     </row>
     <row r="45" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B45" s="9"/>
-[...30 lines deleted...]
-      <c r="AI45" s="8"/>
+      <c r="A45" s="66"/>
+      <c r="B45" s="67"/>
+      <c r="C45" s="68"/>
+      <c r="D45" s="68"/>
+      <c r="E45" s="68"/>
+      <c r="F45" s="68"/>
+      <c r="G45" s="68"/>
+      <c r="H45" s="68"/>
+      <c r="I45" s="68"/>
+      <c r="J45" s="68"/>
+      <c r="K45" s="68"/>
+      <c r="L45" s="68"/>
+      <c r="M45" s="68"/>
+      <c r="N45" s="68"/>
+      <c r="O45" s="68"/>
+      <c r="P45" s="68"/>
+      <c r="Q45" s="68"/>
+      <c r="R45" s="66"/>
+      <c r="S45" s="68"/>
+      <c r="T45" s="66"/>
+      <c r="U45" s="68"/>
+      <c r="V45" s="69"/>
+      <c r="W45" s="68"/>
+      <c r="X45" s="68"/>
+      <c r="Y45" s="68"/>
+      <c r="Z45" s="68"/>
+      <c r="AA45" s="68"/>
+      <c r="AB45" s="68"/>
+      <c r="AC45" s="68"/>
+      <c r="AD45" s="68"/>
+      <c r="AE45" s="68"/>
+      <c r="AF45" s="68"/>
+      <c r="AG45" s="68"/>
+      <c r="AH45" s="68"/>
+      <c r="AI45" s="68"/>
     </row>
-    <row r="46" spans="1:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...2 lines deleted...]
-      </c>
+    <row r="46" spans="1:35" ht="9.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="9"/>
+      <c r="C46" s="8"/>
+      <c r="D46" s="8"/>
+      <c r="E46" s="8"/>
+      <c r="F46" s="8"/>
+      <c r="G46" s="8"/>
+      <c r="H46" s="8"/>
+      <c r="I46" s="8"/>
+      <c r="J46" s="8"/>
+      <c r="K46" s="8"/>
+      <c r="L46" s="8"/>
+      <c r="M46" s="8"/>
+      <c r="N46" s="8"/>
+      <c r="O46" s="8"/>
+      <c r="P46" s="8"/>
+      <c r="Q46" s="8"/>
+      <c r="S46" s="8"/>
+      <c r="U46" s="8"/>
+      <c r="V46" s="10"/>
+      <c r="W46" s="8"/>
+      <c r="X46" s="8"/>
+      <c r="Y46" s="8"/>
+      <c r="Z46" s="8"/>
+      <c r="AA46" s="8"/>
+      <c r="AB46" s="8"/>
+      <c r="AC46" s="8"/>
+      <c r="AD46" s="8"/>
+      <c r="AE46" s="8"/>
+      <c r="AF46" s="8"/>
+      <c r="AG46" s="8"/>
+      <c r="AH46" s="8"/>
+      <c r="AI46" s="8"/>
     </row>
     <row r="47" spans="1:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="N47" s="6" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="N48" s="6" t="s">
-        <v>5</v>
+        <v>57</v>
       </c>
     </row>
     <row r="49" spans="14:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="N49" s="26" t="s">
+      <c r="N49" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50" spans="14:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="N50" s="22" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="50" spans="14:14" ht="3" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="51" spans="14:14" ht="3" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="79">
+  <mergeCells count="81">
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="J19:AI19"/>
     <mergeCell ref="E7:V7"/>
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="Z1:AI1"/>
     <mergeCell ref="W3:Y3"/>
     <mergeCell ref="Z3:AB3"/>
     <mergeCell ref="AD3:AE3"/>
     <mergeCell ref="AG3:AH3"/>
     <mergeCell ref="W7:AA7"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="AB7:AI7"/>
     <mergeCell ref="A5:AI5"/>
     <mergeCell ref="AB8:AI8"/>
     <mergeCell ref="A9:D10"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:L9"/>
     <mergeCell ref="E10:AI10"/>
     <mergeCell ref="E8:V8"/>
     <mergeCell ref="W8:AA8"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="E17:AI17"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="E16:F16"/>
     <mergeCell ref="G16:H16"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="M16:N16"/>
     <mergeCell ref="O16:P16"/>
     <mergeCell ref="Q16:R16"/>
     <mergeCell ref="S16:T16"/>
     <mergeCell ref="U16:X16"/>
     <mergeCell ref="Y16:AI16"/>
-    <mergeCell ref="A19:D25"/>
-    <mergeCell ref="E19:AI19"/>
+    <mergeCell ref="A20:D26"/>
     <mergeCell ref="E20:AI20"/>
     <mergeCell ref="E21:AI21"/>
     <mergeCell ref="E22:AI22"/>
-    <mergeCell ref="E23:AI23"/>
     <mergeCell ref="E24:AI24"/>
     <mergeCell ref="E25:AI25"/>
-    <mergeCell ref="AB27:AI27"/>
-[...18 lines deleted...]
-    <mergeCell ref="A38:AI38"/>
+    <mergeCell ref="E26:AI26"/>
+    <mergeCell ref="E23:AI23"/>
+    <mergeCell ref="AB28:AI28"/>
+    <mergeCell ref="V29:AI29"/>
+    <mergeCell ref="A30:D31"/>
+    <mergeCell ref="E30:J31"/>
+    <mergeCell ref="K30:R31"/>
+    <mergeCell ref="S30:U31"/>
+    <mergeCell ref="V30:AA30"/>
+    <mergeCell ref="A28:D29"/>
+    <mergeCell ref="E28:J29"/>
+    <mergeCell ref="K28:R29"/>
+    <mergeCell ref="S28:U29"/>
+    <mergeCell ref="V28:AA28"/>
+    <mergeCell ref="A32:D35"/>
+    <mergeCell ref="E32:J33"/>
+    <mergeCell ref="B44:AH44"/>
+    <mergeCell ref="AB30:AI30"/>
+    <mergeCell ref="V31:AI31"/>
+    <mergeCell ref="E34:AI35"/>
+    <mergeCell ref="A37:AI37"/>
     <mergeCell ref="A39:AI39"/>
-    <mergeCell ref="A42:AI42"/>
-[...4 lines deleted...]
-    <mergeCell ref="V32:AI32"/>
+    <mergeCell ref="A40:AI40"/>
+    <mergeCell ref="A43:AI43"/>
+    <mergeCell ref="K32:R33"/>
+    <mergeCell ref="S32:U33"/>
+    <mergeCell ref="V32:AA32"/>
+    <mergeCell ref="AB32:AI32"/>
+    <mergeCell ref="V33:AI33"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="E11:Q11"/>
     <mergeCell ref="R11:U11"/>
     <mergeCell ref="V11:AI11"/>
     <mergeCell ref="R12:U12"/>
     <mergeCell ref="V12:AI12"/>
     <mergeCell ref="E12:Q12"/>
     <mergeCell ref="E13:Q14"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="A13:D14"/>
     <mergeCell ref="R13:U14"/>
     <mergeCell ref="V13:AI14"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="64" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="62" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C3F151C-6E63-4E54-906F-CA6E5C988180}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AH19"/>
+  <dimension ref="A1:Z19"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="45" zoomScaleNormal="45" zoomScaleSheetLayoutView="45" zoomScalePageLayoutView="55" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="45" zoomScaleNormal="45" zoomScaleSheetLayoutView="45" zoomScalePageLayoutView="55" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.58203125" defaultRowHeight="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="9.08203125" style="37" customWidth="1"/>
-[...26 lines deleted...]
-    <col min="35" max="16384" width="2.58203125" style="37"/>
+    <col min="1" max="1" width="9.08203125" style="32" customWidth="1"/>
+    <col min="2" max="2" width="28.25" style="32" customWidth="1"/>
+    <col min="3" max="3" width="22.5" style="32" customWidth="1"/>
+    <col min="4" max="4" width="22.33203125" style="32" customWidth="1"/>
+    <col min="5" max="5" width="7.08203125" style="32" customWidth="1"/>
+    <col min="6" max="6" width="24.58203125" style="32" customWidth="1"/>
+    <col min="7" max="7" width="18.25" style="32" customWidth="1"/>
+    <col min="8" max="8" width="26.25" style="32" customWidth="1"/>
+    <col min="9" max="9" width="10.58203125" style="32" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9" style="32" customWidth="1"/>
+    <col min="11" max="11" width="8.58203125" style="32" customWidth="1"/>
+    <col min="12" max="12" width="10.75" style="32" customWidth="1"/>
+    <col min="13" max="13" width="8.58203125" style="32" customWidth="1"/>
+    <col min="14" max="14" width="7.75" style="32" bestFit="1" customWidth="1"/>
+    <col min="15" max="16" width="7.75" style="32" customWidth="1"/>
+    <col min="17" max="17" width="8.58203125" style="32" customWidth="1"/>
+    <col min="18" max="18" width="10.58203125" style="32" customWidth="1"/>
+    <col min="19" max="19" width="8.58203125" style="32" customWidth="1"/>
+    <col min="20" max="20" width="10.33203125" style="32" customWidth="1"/>
+    <col min="21" max="21" width="8.58203125" style="32" customWidth="1"/>
+    <col min="22" max="22" width="7.83203125" style="32" customWidth="1"/>
+    <col min="23" max="23" width="8.58203125" style="32" customWidth="1"/>
+    <col min="24" max="24" width="29.83203125" style="32" customWidth="1"/>
+    <col min="25" max="26" width="8" style="32" hidden="1" customWidth="1"/>
+    <col min="27" max="16384" width="2.58203125" style="32"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" s="34" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="33" t="s">
+    <row r="1" spans="1:26" s="29" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="83" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="70"/>
-[...33 lines deleted...]
-      <c r="AH1" s="339"/>
+      <c r="B1" s="84"/>
+      <c r="C1" s="84"/>
+      <c r="D1" s="84"/>
+      <c r="E1" s="84"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="360" t="s">
+        <v>141</v>
+      </c>
+      <c r="H1" s="361"/>
+      <c r="I1" s="361"/>
+      <c r="J1" s="361"/>
+      <c r="K1" s="361"/>
+      <c r="L1" s="361"/>
+      <c r="M1" s="361"/>
+      <c r="N1" s="361"/>
+      <c r="O1" s="361"/>
+      <c r="P1" s="361"/>
+      <c r="Q1" s="361"/>
+      <c r="R1" s="361"/>
+      <c r="S1" s="361"/>
+      <c r="T1" s="361"/>
+      <c r="U1" s="361"/>
+      <c r="V1" s="361"/>
+      <c r="W1" s="361"/>
+      <c r="X1" s="361"/>
+      <c r="Y1"/>
+      <c r="Z1"/>
     </row>
-    <row r="2" spans="1:34" s="36" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...33 lines deleted...]
-      <c r="AH2" s="339"/>
+    <row r="2" spans="1:26" s="31" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="86"/>
+      <c r="B2" s="87"/>
+      <c r="C2" s="87"/>
+      <c r="D2" s="87"/>
+      <c r="E2" s="87"/>
+      <c r="F2" s="88"/>
+      <c r="G2" s="360"/>
+      <c r="H2" s="361"/>
+      <c r="I2" s="361"/>
+      <c r="J2" s="361"/>
+      <c r="K2" s="361"/>
+      <c r="L2" s="361"/>
+      <c r="M2" s="361"/>
+      <c r="N2" s="361"/>
+      <c r="O2" s="361"/>
+      <c r="P2" s="361"/>
+      <c r="Q2" s="361"/>
+      <c r="R2" s="361"/>
+      <c r="S2" s="361"/>
+      <c r="T2" s="361"/>
+      <c r="U2" s="361"/>
+      <c r="V2" s="361"/>
+      <c r="W2" s="361"/>
+      <c r="X2" s="361"/>
+      <c r="Y2"/>
+      <c r="Z2"/>
     </row>
-    <row r="3" spans="1:34" ht="107.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-      <c r="AH3" s="349"/>
+    <row r="3" spans="1:26" ht="107.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="395"/>
+      <c r="C3" s="395"/>
+      <c r="D3" s="395"/>
+      <c r="E3" s="395"/>
+      <c r="F3" s="395"/>
+      <c r="G3" s="74"/>
+      <c r="H3" s="362" t="s">
+        <v>126</v>
+      </c>
+      <c r="I3" s="362"/>
+      <c r="J3" s="362"/>
+      <c r="K3" s="362"/>
+      <c r="L3" s="362"/>
+      <c r="M3" s="362"/>
+      <c r="N3" s="362"/>
+      <c r="O3" s="362"/>
+      <c r="P3" s="362"/>
+      <c r="Q3" s="362"/>
+      <c r="R3" s="362"/>
+      <c r="S3" s="362"/>
+      <c r="T3" s="362"/>
+      <c r="U3" s="362"/>
+      <c r="V3" s="362"/>
+      <c r="W3" s="362"/>
+      <c r="X3" s="362"/>
+      <c r="Y3"/>
+      <c r="Z3"/>
     </row>
-    <row r="4" spans="1:34" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...1 lines deleted...]
-      <c r="B4" s="365" t="s">
+    <row r="4" spans="1:26" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="396"/>
+      <c r="B4" s="392" t="s">
+        <v>128</v>
+      </c>
+      <c r="C4" s="399" t="s">
+        <v>132</v>
+      </c>
+      <c r="D4" s="400" t="s">
+        <v>134</v>
+      </c>
+      <c r="E4" s="392" t="s">
+        <v>72</v>
+      </c>
+      <c r="F4" s="403" t="s">
+        <v>129</v>
+      </c>
+      <c r="G4" s="392" t="s">
+        <v>114</v>
+      </c>
+      <c r="H4" s="392" t="s">
         <v>116</v>
       </c>
-      <c r="C4" s="368" t="s">
-[...23 lines deleted...]
-      <c r="K4" s="384" t="s">
+      <c r="I4" s="409" t="s">
+        <v>110</v>
+      </c>
+      <c r="J4" s="412" t="s">
+        <v>73</v>
+      </c>
+      <c r="K4" s="389" t="s">
+        <v>88</v>
+      </c>
+      <c r="L4" s="390"/>
+      <c r="M4" s="391"/>
+      <c r="N4" s="363" t="s">
+        <v>89</v>
+      </c>
+      <c r="O4" s="364"/>
+      <c r="P4" s="364"/>
+      <c r="Q4" s="364"/>
+      <c r="R4" s="364"/>
+      <c r="S4" s="364"/>
+      <c r="T4" s="364"/>
+      <c r="U4" s="364"/>
+      <c r="V4" s="364"/>
+      <c r="W4" s="365"/>
+      <c r="X4" s="366" t="s">
+        <v>98</v>
+      </c>
+      <c r="Y4"/>
+      <c r="Z4"/>
+    </row>
+    <row r="5" spans="1:26" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="397"/>
+      <c r="B5" s="393"/>
+      <c r="C5" s="382"/>
+      <c r="D5" s="401"/>
+      <c r="E5" s="393"/>
+      <c r="F5" s="404"/>
+      <c r="G5" s="393"/>
+      <c r="H5" s="393"/>
+      <c r="I5" s="410"/>
+      <c r="J5" s="413"/>
+      <c r="K5" s="369" t="s">
+        <v>103</v>
+      </c>
+      <c r="L5" s="372" t="s">
+        <v>105</v>
+      </c>
+      <c r="M5" s="373"/>
+      <c r="N5" s="374" t="s">
+        <v>90</v>
+      </c>
+      <c r="O5" s="374" t="s">
+        <v>92</v>
+      </c>
+      <c r="P5" s="374" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q5" s="374" t="s">
+        <v>100</v>
+      </c>
+      <c r="R5" s="374" t="s">
+        <v>99</v>
+      </c>
+      <c r="S5" s="374" t="s">
+        <v>93</v>
+      </c>
+      <c r="T5" s="375" t="s">
+        <v>106</v>
+      </c>
+      <c r="U5" s="376"/>
+      <c r="V5" s="376"/>
+      <c r="W5" s="377"/>
+      <c r="X5" s="367"/>
+      <c r="Y5"/>
+      <c r="Z5"/>
+    </row>
+    <row r="6" spans="1:26" s="33" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="397"/>
+      <c r="B6" s="393"/>
+      <c r="C6" s="382"/>
+      <c r="D6" s="401"/>
+      <c r="E6" s="393"/>
+      <c r="F6" s="405"/>
+      <c r="G6" s="393"/>
+      <c r="H6" s="407"/>
+      <c r="I6" s="410"/>
+      <c r="J6" s="413"/>
+      <c r="K6" s="370"/>
+      <c r="L6" s="76" t="s">
+        <v>120</v>
+      </c>
+      <c r="M6" s="77" t="s">
+        <v>80</v>
+      </c>
+      <c r="N6" s="374"/>
+      <c r="O6" s="374"/>
+      <c r="P6" s="374"/>
+      <c r="Q6" s="374"/>
+      <c r="R6" s="374"/>
+      <c r="S6" s="374"/>
+      <c r="T6" s="378" t="s">
+        <v>94</v>
+      </c>
+      <c r="U6" s="381" t="s">
+        <v>95</v>
+      </c>
+      <c r="V6" s="384" t="s">
         <v>123</v>
       </c>
-      <c r="L4" s="387" t="s">
-[...33 lines deleted...]
-      </c>
+      <c r="W6" s="378"/>
+      <c r="X6" s="367"/>
+      <c r="Y6"/>
+      <c r="Z6"/>
     </row>
-    <row r="5" spans="1:34" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...53 lines deleted...]
-      <c r="AH5" s="359"/>
+    <row r="7" spans="1:26" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="397"/>
+      <c r="B7" s="393"/>
+      <c r="C7" s="382"/>
+      <c r="D7" s="401"/>
+      <c r="E7" s="393"/>
+      <c r="F7" s="405"/>
+      <c r="G7" s="393"/>
+      <c r="H7" s="407"/>
+      <c r="I7" s="410"/>
+      <c r="J7" s="413"/>
+      <c r="K7" s="370"/>
+      <c r="L7" s="386" t="s">
+        <v>83</v>
+      </c>
+      <c r="M7" s="387" t="s">
+        <v>82</v>
+      </c>
+      <c r="N7" s="374"/>
+      <c r="O7" s="374"/>
+      <c r="P7" s="374"/>
+      <c r="Q7" s="374"/>
+      <c r="R7" s="374"/>
+      <c r="S7" s="374"/>
+      <c r="T7" s="379"/>
+      <c r="U7" s="382"/>
+      <c r="V7" s="385"/>
+      <c r="W7" s="379"/>
+      <c r="X7" s="367"/>
+      <c r="Y7"/>
+      <c r="Z7"/>
     </row>
-    <row r="6" spans="1:34" s="38" customFormat="1" ht="87" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...55 lines deleted...]
-      <c r="AH6" s="359"/>
+    <row r="8" spans="1:26" s="33" customFormat="1" ht="97.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="398"/>
+      <c r="B8" s="394"/>
+      <c r="C8" s="383"/>
+      <c r="D8" s="402"/>
+      <c r="E8" s="394"/>
+      <c r="F8" s="406"/>
+      <c r="G8" s="394"/>
+      <c r="H8" s="408"/>
+      <c r="I8" s="411"/>
+      <c r="J8" s="414"/>
+      <c r="K8" s="371"/>
+      <c r="L8" s="371"/>
+      <c r="M8" s="388"/>
+      <c r="N8" s="374"/>
+      <c r="O8" s="374"/>
+      <c r="P8" s="374"/>
+      <c r="Q8" s="374"/>
+      <c r="R8" s="374"/>
+      <c r="S8" s="374"/>
+      <c r="T8" s="380"/>
+      <c r="U8" s="383"/>
+      <c r="V8" s="80" t="s">
+        <v>124</v>
+      </c>
+      <c r="W8" s="81" t="s">
+        <v>125</v>
+      </c>
+      <c r="X8" s="368"/>
+      <c r="Y8"/>
+      <c r="Z8"/>
     </row>
-    <row r="7" spans="1:34" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...96 lines deleted...]
-      <c r="A9" s="79">
+    <row r="9" spans="1:26" s="37" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="60">
         <v>1</v>
       </c>
-      <c r="B9" s="76"/>
-[...6 lines deleted...]
-      <c r="I9" s="106" t="str">
+      <c r="B9" s="89"/>
+      <c r="C9" s="90"/>
+      <c r="D9" s="90"/>
+      <c r="E9" s="90"/>
+      <c r="F9" s="91"/>
+      <c r="G9" s="78" t="str">
         <f>IF(F9="","",DATEDIF(F9,DATE(2027,4,1),"Y"))</f>
         <v/>
       </c>
-      <c r="J9" s="43"/>
-[...25 lines deleted...]
-      <c r="AH9" s="49"/>
+      <c r="H9" s="90"/>
+      <c r="I9" s="90"/>
+      <c r="J9" s="90"/>
+      <c r="K9" s="92"/>
+      <c r="L9" s="35"/>
+      <c r="M9" s="35"/>
+      <c r="N9" s="35"/>
+      <c r="O9" s="35"/>
+      <c r="P9" s="35"/>
+      <c r="Q9" s="35"/>
+      <c r="R9" s="35"/>
+      <c r="S9" s="35"/>
+      <c r="T9" s="35"/>
+      <c r="U9" s="35"/>
+      <c r="V9" s="44"/>
+      <c r="W9" s="92"/>
+      <c r="X9" s="93"/>
+      <c r="Y9"/>
+      <c r="Z9"/>
     </row>
-    <row r="10" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A10" s="79">
+    <row r="10" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" s="60">
         <v>2</v>
       </c>
-      <c r="B10" s="77"/>
-[...7 lines deleted...]
-        <f t="shared" ref="I10:I18" si="0">IF(F10="","",DATEDIF(F10,DATE(2027,4,1),"Y"))</f>
+      <c r="B10" s="94"/>
+      <c r="C10" s="90"/>
+      <c r="D10" s="90"/>
+      <c r="E10" s="95"/>
+      <c r="F10" s="95"/>
+      <c r="G10" s="78" t="str">
+        <f t="shared" ref="G10:G18" si="0">IF(F10="","",DATEDIF(F10,DATE(2027,4,1),"Y"))</f>
         <v/>
       </c>
-      <c r="J10" s="51"/>
-[...23 lines deleted...]
-      <c r="AH10" s="49"/>
+      <c r="H10" s="95"/>
+      <c r="I10" s="95"/>
+      <c r="J10" s="95"/>
+      <c r="K10" s="92"/>
+      <c r="L10" s="92"/>
+      <c r="M10" s="92"/>
+      <c r="N10" s="92"/>
+      <c r="O10" s="92"/>
+      <c r="P10" s="92"/>
+      <c r="Q10" s="92"/>
+      <c r="R10" s="92"/>
+      <c r="S10" s="92"/>
+      <c r="T10" s="92"/>
+      <c r="U10" s="92"/>
+      <c r="V10" s="92"/>
+      <c r="W10" s="92"/>
+      <c r="X10" s="93"/>
+      <c r="Y10"/>
+      <c r="Z10"/>
     </row>
-    <row r="11" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A11" s="79">
+    <row r="11" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A11" s="60">
         <v>3</v>
       </c>
-      <c r="B11" s="77"/>
-[...6 lines deleted...]
-      <c r="I11" s="106" t="str">
+      <c r="B11" s="94"/>
+      <c r="C11" s="90"/>
+      <c r="D11" s="90"/>
+      <c r="E11" s="95"/>
+      <c r="F11" s="95"/>
+      <c r="G11" s="78" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J11" s="51"/>
-[...23 lines deleted...]
-      <c r="AH11" s="49"/>
+      <c r="H11" s="95"/>
+      <c r="I11" s="95"/>
+      <c r="J11" s="95"/>
+      <c r="K11" s="92"/>
+      <c r="L11" s="92"/>
+      <c r="M11" s="92"/>
+      <c r="N11" s="92"/>
+      <c r="O11" s="92"/>
+      <c r="P11" s="92"/>
+      <c r="Q11" s="92"/>
+      <c r="R11" s="92"/>
+      <c r="S11" s="92"/>
+      <c r="T11" s="92"/>
+      <c r="U11" s="92"/>
+      <c r="V11" s="92"/>
+      <c r="W11" s="92"/>
+      <c r="X11" s="93"/>
+      <c r="Y11"/>
+      <c r="Z11"/>
     </row>
-    <row r="12" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A12" s="79">
+    <row r="12" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12" s="60">
         <v>4</v>
       </c>
-      <c r="B12" s="77"/>
-[...6 lines deleted...]
-      <c r="I12" s="106" t="str">
+      <c r="B12" s="94"/>
+      <c r="C12" s="90"/>
+      <c r="D12" s="90"/>
+      <c r="E12" s="95"/>
+      <c r="F12" s="95"/>
+      <c r="G12" s="78" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J12" s="51"/>
-[...23 lines deleted...]
-      <c r="AH12" s="49"/>
+      <c r="H12" s="95"/>
+      <c r="I12" s="95"/>
+      <c r="J12" s="95"/>
+      <c r="K12" s="92"/>
+      <c r="L12" s="92"/>
+      <c r="M12" s="92"/>
+      <c r="N12" s="92"/>
+      <c r="O12" s="92"/>
+      <c r="P12" s="92"/>
+      <c r="Q12" s="92"/>
+      <c r="R12" s="92"/>
+      <c r="S12" s="92"/>
+      <c r="T12" s="92"/>
+      <c r="U12" s="92"/>
+      <c r="V12" s="96"/>
+      <c r="W12" s="92"/>
+      <c r="X12" s="93"/>
+      <c r="Y12"/>
+      <c r="Z12"/>
     </row>
-    <row r="13" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A13" s="79">
+    <row r="13" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="60">
         <v>5</v>
       </c>
-      <c r="B13" s="77"/>
-[...6 lines deleted...]
-      <c r="I13" s="106" t="str">
+      <c r="B13" s="94"/>
+      <c r="C13" s="90"/>
+      <c r="D13" s="90"/>
+      <c r="E13" s="95"/>
+      <c r="F13" s="95"/>
+      <c r="G13" s="78" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J13" s="51"/>
-[...23 lines deleted...]
-      <c r="AH13" s="49"/>
+      <c r="H13" s="95"/>
+      <c r="I13" s="95"/>
+      <c r="J13" s="95"/>
+      <c r="K13" s="92"/>
+      <c r="L13" s="92"/>
+      <c r="M13" s="92"/>
+      <c r="N13" s="92"/>
+      <c r="O13" s="92"/>
+      <c r="P13" s="92"/>
+      <c r="Q13" s="92"/>
+      <c r="R13" s="92"/>
+      <c r="S13" s="92"/>
+      <c r="T13" s="92"/>
+      <c r="U13" s="92"/>
+      <c r="V13" s="96"/>
+      <c r="W13" s="92"/>
+      <c r="X13" s="93"/>
+      <c r="Y13"/>
+      <c r="Z13"/>
     </row>
-    <row r="14" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A14" s="79">
+    <row r="14" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14" s="60">
         <v>6</v>
       </c>
-      <c r="B14" s="77"/>
-[...6 lines deleted...]
-      <c r="I14" s="106" t="str">
+      <c r="B14" s="94"/>
+      <c r="C14" s="90"/>
+      <c r="D14" s="90"/>
+      <c r="E14" s="95"/>
+      <c r="F14" s="95"/>
+      <c r="G14" s="78" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J14" s="51"/>
-[...23 lines deleted...]
-      <c r="AH14" s="49"/>
+      <c r="H14" s="95"/>
+      <c r="I14" s="95"/>
+      <c r="J14" s="95"/>
+      <c r="K14" s="92"/>
+      <c r="L14" s="92"/>
+      <c r="M14" s="92"/>
+      <c r="N14" s="92"/>
+      <c r="O14" s="92"/>
+      <c r="P14" s="92"/>
+      <c r="Q14" s="92"/>
+      <c r="R14" s="92"/>
+      <c r="S14" s="92"/>
+      <c r="T14" s="92"/>
+      <c r="U14" s="92"/>
+      <c r="V14" s="96"/>
+      <c r="W14" s="92"/>
+      <c r="X14" s="93"/>
+      <c r="Y14"/>
+      <c r="Z14"/>
     </row>
-    <row r="15" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A15" s="79">
+    <row r="15" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15" s="60">
         <v>7</v>
       </c>
-      <c r="B15" s="77"/>
-[...6 lines deleted...]
-      <c r="I15" s="106" t="str">
+      <c r="B15" s="94"/>
+      <c r="C15" s="90"/>
+      <c r="D15" s="90"/>
+      <c r="E15" s="95"/>
+      <c r="F15" s="95"/>
+      <c r="G15" s="78" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J15" s="51"/>
-[...23 lines deleted...]
-      <c r="AH15" s="49"/>
+      <c r="H15" s="95"/>
+      <c r="I15" s="95"/>
+      <c r="J15" s="95"/>
+      <c r="K15" s="92"/>
+      <c r="L15" s="92"/>
+      <c r="M15" s="92"/>
+      <c r="N15" s="92"/>
+      <c r="O15" s="92"/>
+      <c r="P15" s="92"/>
+      <c r="Q15" s="92"/>
+      <c r="R15" s="92"/>
+      <c r="S15" s="92"/>
+      <c r="T15" s="92"/>
+      <c r="U15" s="92"/>
+      <c r="V15" s="96"/>
+      <c r="W15" s="92"/>
+      <c r="X15" s="93"/>
+      <c r="Y15"/>
+      <c r="Z15"/>
     </row>
-    <row r="16" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A16" s="79">
+    <row r="16" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A16" s="60">
         <v>8</v>
       </c>
-      <c r="B16" s="77"/>
-[...6 lines deleted...]
-      <c r="I16" s="106" t="str">
+      <c r="B16" s="94"/>
+      <c r="C16" s="90"/>
+      <c r="D16" s="90"/>
+      <c r="E16" s="95"/>
+      <c r="F16" s="95"/>
+      <c r="G16" s="78" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J16" s="51"/>
-[...23 lines deleted...]
-      <c r="AH16" s="49"/>
+      <c r="H16" s="95"/>
+      <c r="I16" s="95"/>
+      <c r="J16" s="95"/>
+      <c r="K16" s="92"/>
+      <c r="L16" s="92"/>
+      <c r="M16" s="92"/>
+      <c r="N16" s="92"/>
+      <c r="O16" s="92"/>
+      <c r="P16" s="92"/>
+      <c r="Q16" s="92"/>
+      <c r="R16" s="92"/>
+      <c r="S16" s="92"/>
+      <c r="T16" s="92"/>
+      <c r="U16" s="92"/>
+      <c r="V16" s="96"/>
+      <c r="W16" s="92"/>
+      <c r="X16" s="93"/>
+      <c r="Y16"/>
+      <c r="Z16"/>
     </row>
-    <row r="17" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A17" s="79">
+    <row r="17" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A17" s="60">
         <v>9</v>
       </c>
-      <c r="B17" s="77"/>
-[...6 lines deleted...]
-      <c r="I17" s="106" t="str">
+      <c r="B17" s="94"/>
+      <c r="C17" s="90"/>
+      <c r="D17" s="90"/>
+      <c r="E17" s="95"/>
+      <c r="F17" s="95"/>
+      <c r="G17" s="78" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J17" s="51"/>
-[...23 lines deleted...]
-      <c r="AH17" s="49"/>
+      <c r="H17" s="95"/>
+      <c r="I17" s="95"/>
+      <c r="J17" s="95"/>
+      <c r="K17" s="92"/>
+      <c r="L17" s="92"/>
+      <c r="M17" s="92"/>
+      <c r="N17" s="92"/>
+      <c r="O17" s="92"/>
+      <c r="P17" s="92"/>
+      <c r="Q17" s="92"/>
+      <c r="R17" s="92"/>
+      <c r="S17" s="92"/>
+      <c r="T17" s="92"/>
+      <c r="U17" s="92"/>
+      <c r="V17" s="96"/>
+      <c r="W17" s="92"/>
+      <c r="X17" s="93"/>
+      <c r="Y17"/>
+      <c r="Z17"/>
     </row>
-    <row r="18" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A18" s="79">
+    <row r="18" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A18" s="122">
         <v>10</v>
       </c>
-      <c r="B18" s="77"/>
-[...6 lines deleted...]
-      <c r="I18" s="106" t="str">
+      <c r="B18" s="123"/>
+      <c r="C18" s="124"/>
+      <c r="D18" s="124"/>
+      <c r="E18" s="125"/>
+      <c r="F18" s="125"/>
+      <c r="G18" s="126" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J18" s="51"/>
-[...23 lines deleted...]
-      <c r="AH18" s="49"/>
+      <c r="H18" s="125"/>
+      <c r="I18" s="125"/>
+      <c r="J18" s="125"/>
+      <c r="K18" s="127"/>
+      <c r="L18" s="127"/>
+      <c r="M18" s="127"/>
+      <c r="N18" s="127"/>
+      <c r="O18" s="127"/>
+      <c r="P18" s="127"/>
+      <c r="Q18" s="127"/>
+      <c r="R18" s="127"/>
+      <c r="S18" s="127"/>
+      <c r="T18" s="127"/>
+      <c r="U18" s="127"/>
+      <c r="V18" s="128"/>
+      <c r="W18" s="127"/>
+      <c r="X18" s="129"/>
+      <c r="Y18"/>
+      <c r="Z18"/>
     </row>
-    <row r="19" spans="1:34" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...33 lines deleted...]
-      <c r="AH19" s="84"/>
+    <row r="19" spans="1:26" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A19" s="61"/>
+      <c r="B19" s="62"/>
+      <c r="C19" s="63"/>
+      <c r="D19" s="63"/>
+      <c r="E19" s="63"/>
+      <c r="F19" s="64"/>
+      <c r="G19" s="63"/>
+      <c r="H19" s="63"/>
+      <c r="I19" s="63"/>
+      <c r="J19" s="63"/>
+      <c r="K19" s="63"/>
+      <c r="L19" s="63"/>
+      <c r="M19" s="63"/>
+      <c r="N19" s="63"/>
+      <c r="O19" s="63"/>
+      <c r="P19" s="63"/>
+      <c r="Q19" s="63"/>
+      <c r="R19" s="63"/>
+      <c r="S19" s="63"/>
+      <c r="T19" s="63"/>
+      <c r="U19" s="63"/>
+      <c r="V19" s="63"/>
+      <c r="W19" s="63"/>
+      <c r="X19" s="65"/>
+      <c r="Y19" s="63"/>
+      <c r="Z19" s="63"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
-  <mergeCells count="37">
-[...1 lines deleted...]
-    <mergeCell ref="P4:R4"/>
+  <mergeCells count="30">
+    <mergeCell ref="Q5:Q8"/>
+    <mergeCell ref="R5:R8"/>
+    <mergeCell ref="S5:S8"/>
     <mergeCell ref="B3:F3"/>
     <mergeCell ref="A4:A8"/>
     <mergeCell ref="B4:B8"/>
     <mergeCell ref="C4:C8"/>
     <mergeCell ref="D4:D8"/>
     <mergeCell ref="E4:E8"/>
     <mergeCell ref="F4:F8"/>
+    <mergeCell ref="H4:H8"/>
+    <mergeCell ref="I4:I8"/>
+    <mergeCell ref="J4:J8"/>
+    <mergeCell ref="N5:N8"/>
+    <mergeCell ref="G1:X2"/>
+    <mergeCell ref="H3:X3"/>
+    <mergeCell ref="N4:W4"/>
+    <mergeCell ref="X4:X8"/>
+    <mergeCell ref="K5:K8"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="O5:O8"/>
+    <mergeCell ref="P5:P8"/>
+    <mergeCell ref="T5:W5"/>
+    <mergeCell ref="T6:T8"/>
+    <mergeCell ref="U6:U8"/>
+    <mergeCell ref="V6:W7"/>
+    <mergeCell ref="L7:L8"/>
+    <mergeCell ref="M7:M8"/>
+    <mergeCell ref="K4:M4"/>
     <mergeCell ref="G4:G8"/>
-    <mergeCell ref="H4:H8"/>
-[...25 lines deleted...]
-    <mergeCell ref="AA6:AB7"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
-  <dataValidations count="4">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L9:L19 E9:E19" xr:uid="{E5583DAC-C45D-4166-B7F1-5ECA6DC89F40}">
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J9:J19 E9:E19" xr:uid="{FED8F281-D514-4C5D-9219-D91C2797107F}">
       <formula1>"1,2"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M9:AG19" xr:uid="{12A0D4A3-E7CF-4B44-968C-1E47A549F724}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Y19:Z19 K9:W19" xr:uid="{12A0D4A3-E7CF-4B44-968C-1E47A549F724}">
       <formula1>"○"</formula1>
     </dataValidation>
-    <dataValidation type="custom" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="半角スペースが入っていません。" error="姓と名の間に半角スペースを入れてください。" sqref="D9:D18" xr:uid="{F5FBC914-48FE-4227-A096-30054EEF0C02}">
-[...3 lines deleted...]
-      <formula1>ISNUMBER(FIND("　",C9))</formula1>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="スペースが入っていません。" error="姓と名の間にスペースを入れてください。" sqref="C9:D18" xr:uid="{15C0D275-EF42-4D4D-852E-0AFA793123A0}">
+      <formula1>OR(ISNUMBER(FIND(" ",C9)),ISNUMBER(FIND("　",C9)))</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.19685039370078741" bottom="0.19685039370078741" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="42" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="39" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{638E56B4-38FB-40E1-BDDA-92AC2208FC05}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AH19"/>
+  <dimension ref="A1:X37"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="55" zoomScaleNormal="45" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="55" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="40" zoomScaleNormal="45" zoomScaleSheetLayoutView="40" zoomScalePageLayoutView="55" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.58203125" defaultRowHeight="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="9.08203125" style="37" customWidth="1"/>
-[...26 lines deleted...]
-    <col min="35" max="16384" width="2.58203125" style="37"/>
+    <col min="1" max="1" width="9.08203125" style="32" customWidth="1"/>
+    <col min="2" max="2" width="18.08203125" style="32" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.5" style="32" customWidth="1"/>
+    <col min="4" max="4" width="22.4140625" style="32" customWidth="1"/>
+    <col min="5" max="5" width="7.08203125" style="32" customWidth="1"/>
+    <col min="6" max="6" width="25.4140625" style="32" customWidth="1"/>
+    <col min="7" max="7" width="18.9140625" style="32" customWidth="1"/>
+    <col min="8" max="8" width="26.33203125" style="32" customWidth="1"/>
+    <col min="9" max="9" width="10.58203125" style="32" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9" style="32" customWidth="1"/>
+    <col min="11" max="11" width="8.58203125" style="32" customWidth="1"/>
+    <col min="12" max="12" width="14.33203125" style="32" customWidth="1"/>
+    <col min="13" max="13" width="8.58203125" style="32" customWidth="1"/>
+    <col min="14" max="14" width="7.6640625" style="32" bestFit="1" customWidth="1"/>
+    <col min="15" max="16" width="7.6640625" style="32" customWidth="1"/>
+    <col min="17" max="17" width="8.58203125" style="32" customWidth="1"/>
+    <col min="18" max="18" width="10.58203125" style="32" customWidth="1"/>
+    <col min="19" max="19" width="8.58203125" style="32" customWidth="1"/>
+    <col min="20" max="20" width="10.4140625" style="32" customWidth="1"/>
+    <col min="21" max="21" width="8.58203125" style="32" customWidth="1"/>
+    <col min="22" max="22" width="6.4140625" style="32" customWidth="1"/>
+    <col min="23" max="23" width="5.6640625" style="32" customWidth="1"/>
+    <col min="24" max="24" width="29.9140625" style="32" customWidth="1"/>
+    <col min="25" max="16384" width="2.58203125" style="32"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" s="34" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="33" t="s">
+    <row r="1" spans="1:24" s="29" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="70"/>
-[...33 lines deleted...]
-      <c r="AH1" s="339"/>
+      <c r="B1" s="54"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="55"/>
+      <c r="G1" s="361" t="s">
+        <v>141</v>
+      </c>
+      <c r="H1" s="361"/>
+      <c r="I1" s="361"/>
+      <c r="J1" s="361"/>
+      <c r="K1" s="361"/>
+      <c r="L1" s="361"/>
+      <c r="M1" s="361"/>
+      <c r="N1" s="361"/>
+      <c r="O1" s="361"/>
+      <c r="P1" s="361"/>
+      <c r="Q1" s="361"/>
+      <c r="R1" s="361"/>
+      <c r="S1" s="361"/>
+      <c r="T1" s="361"/>
+      <c r="U1" s="361"/>
+      <c r="V1" s="361"/>
+      <c r="W1" s="361"/>
+      <c r="X1" s="361"/>
     </row>
-    <row r="2" spans="1:34" s="36" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...35 lines deleted...]
-      <c r="AH2" s="339"/>
+    <row r="2" spans="1:24" s="31" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="59" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" s="56"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="57"/>
+      <c r="G2" s="361"/>
+      <c r="H2" s="361"/>
+      <c r="I2" s="361"/>
+      <c r="J2" s="361"/>
+      <c r="K2" s="361"/>
+      <c r="L2" s="361"/>
+      <c r="M2" s="361"/>
+      <c r="N2" s="361"/>
+      <c r="O2" s="361"/>
+      <c r="P2" s="361"/>
+      <c r="Q2" s="361"/>
+      <c r="R2" s="361"/>
+      <c r="S2" s="361"/>
+      <c r="T2" s="361"/>
+      <c r="U2" s="361"/>
+      <c r="V2" s="361"/>
+      <c r="W2" s="361"/>
+      <c r="X2" s="361"/>
     </row>
-    <row r="3" spans="1:34" ht="107.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...905 lines deleted...]
-      </c>
+    <row r="3" spans="1:24" ht="107.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="395"/>
+      <c r="C3" s="395"/>
+      <c r="D3" s="395"/>
+      <c r="E3" s="395"/>
+      <c r="F3" s="395"/>
+      <c r="G3" s="74"/>
+      <c r="H3" s="415" t="s">
+        <v>122</v>
+      </c>
+      <c r="I3" s="415"/>
+      <c r="J3" s="415"/>
       <c r="K3" s="415"/>
       <c r="L3" s="415"/>
       <c r="M3" s="415"/>
       <c r="N3" s="415"/>
       <c r="O3" s="415"/>
       <c r="P3" s="415"/>
       <c r="Q3" s="415"/>
       <c r="R3" s="415"/>
       <c r="S3" s="415"/>
       <c r="T3" s="415"/>
       <c r="U3" s="415"/>
       <c r="V3" s="415"/>
       <c r="W3" s="415"/>
+      <c r="X3" s="415"/>
     </row>
-    <row r="4" spans="1:23" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...1 lines deleted...]
-      <c r="B4" s="365" t="s">
+    <row r="4" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="396"/>
+      <c r="B4" s="392" t="s">
+        <v>128</v>
+      </c>
+      <c r="C4" s="399" t="s">
+        <v>132</v>
+      </c>
+      <c r="D4" s="400" t="s">
+        <v>134</v>
+      </c>
+      <c r="E4" s="392" t="s">
+        <v>72</v>
+      </c>
+      <c r="F4" s="403" t="s">
+        <v>129</v>
+      </c>
+      <c r="G4" s="392" t="s">
+        <v>114</v>
+      </c>
+      <c r="H4" s="392" t="s">
         <v>116</v>
       </c>
-      <c r="C4" s="368" t="s">
-[...23 lines deleted...]
-      <c r="K4" s="384" t="s">
+      <c r="I4" s="409" t="s">
+        <v>110</v>
+      </c>
+      <c r="J4" s="412" t="s">
+        <v>73</v>
+      </c>
+      <c r="K4" s="389" t="s">
+        <v>88</v>
+      </c>
+      <c r="L4" s="390"/>
+      <c r="M4" s="391"/>
+      <c r="N4" s="363" t="s">
+        <v>89</v>
+      </c>
+      <c r="O4" s="364"/>
+      <c r="P4" s="364"/>
+      <c r="Q4" s="364"/>
+      <c r="R4" s="364"/>
+      <c r="S4" s="364"/>
+      <c r="T4" s="364"/>
+      <c r="U4" s="364"/>
+      <c r="V4" s="364"/>
+      <c r="W4" s="365"/>
+      <c r="X4" s="366" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="397"/>
+      <c r="B5" s="393"/>
+      <c r="C5" s="382"/>
+      <c r="D5" s="401"/>
+      <c r="E5" s="393"/>
+      <c r="F5" s="404"/>
+      <c r="G5" s="393"/>
+      <c r="H5" s="393"/>
+      <c r="I5" s="410"/>
+      <c r="J5" s="413"/>
+      <c r="K5" s="369" t="s">
+        <v>103</v>
+      </c>
+      <c r="L5" s="372" t="s">
+        <v>105</v>
+      </c>
+      <c r="M5" s="373"/>
+      <c r="N5" s="374" t="s">
+        <v>90</v>
+      </c>
+      <c r="O5" s="374" t="s">
+        <v>92</v>
+      </c>
+      <c r="P5" s="374" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q5" s="374" t="s">
+        <v>100</v>
+      </c>
+      <c r="R5" s="374" t="s">
+        <v>99</v>
+      </c>
+      <c r="S5" s="374" t="s">
+        <v>93</v>
+      </c>
+      <c r="T5" s="375" t="s">
+        <v>106</v>
+      </c>
+      <c r="U5" s="376"/>
+      <c r="V5" s="376"/>
+      <c r="W5" s="377"/>
+      <c r="X5" s="367"/>
+    </row>
+    <row r="6" spans="1:24" s="33" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="397"/>
+      <c r="B6" s="393"/>
+      <c r="C6" s="382"/>
+      <c r="D6" s="401"/>
+      <c r="E6" s="393"/>
+      <c r="F6" s="405"/>
+      <c r="G6" s="393"/>
+      <c r="H6" s="407"/>
+      <c r="I6" s="410"/>
+      <c r="J6" s="413"/>
+      <c r="K6" s="370"/>
+      <c r="L6" s="76" t="s">
+        <v>120</v>
+      </c>
+      <c r="M6" s="77" t="s">
+        <v>80</v>
+      </c>
+      <c r="N6" s="374"/>
+      <c r="O6" s="374"/>
+      <c r="P6" s="374"/>
+      <c r="Q6" s="374"/>
+      <c r="R6" s="374"/>
+      <c r="S6" s="374"/>
+      <c r="T6" s="378" t="s">
+        <v>94</v>
+      </c>
+      <c r="U6" s="381" t="s">
+        <v>95</v>
+      </c>
+      <c r="V6" s="384" t="s">
         <v>123</v>
       </c>
-      <c r="L4" s="387" t="s">
-[...18 lines deleted...]
-      <c r="W4" s="358" t="s">
+      <c r="W6" s="378"/>
+      <c r="X6" s="367"/>
+    </row>
+    <row r="7" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="397"/>
+      <c r="B7" s="393"/>
+      <c r="C7" s="382"/>
+      <c r="D7" s="401"/>
+      <c r="E7" s="393"/>
+      <c r="F7" s="405"/>
+      <c r="G7" s="393"/>
+      <c r="H7" s="407"/>
+      <c r="I7" s="410"/>
+      <c r="J7" s="413"/>
+      <c r="K7" s="370"/>
+      <c r="L7" s="386" t="s">
+        <v>83</v>
+      </c>
+      <c r="M7" s="387" t="s">
+        <v>82</v>
+      </c>
+      <c r="N7" s="374"/>
+      <c r="O7" s="374"/>
+      <c r="P7" s="374"/>
+      <c r="Q7" s="374"/>
+      <c r="R7" s="374"/>
+      <c r="S7" s="374"/>
+      <c r="T7" s="379"/>
+      <c r="U7" s="382"/>
+      <c r="V7" s="385"/>
+      <c r="W7" s="379"/>
+      <c r="X7" s="367"/>
+    </row>
+    <row r="8" spans="1:24" s="33" customFormat="1" ht="97.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="398"/>
+      <c r="B8" s="394"/>
+      <c r="C8" s="383"/>
+      <c r="D8" s="402"/>
+      <c r="E8" s="394"/>
+      <c r="F8" s="406"/>
+      <c r="G8" s="394"/>
+      <c r="H8" s="408"/>
+      <c r="I8" s="411"/>
+      <c r="J8" s="414"/>
+      <c r="K8" s="371"/>
+      <c r="L8" s="371"/>
+      <c r="M8" s="388"/>
+      <c r="N8" s="374"/>
+      <c r="O8" s="374"/>
+      <c r="P8" s="374"/>
+      <c r="Q8" s="374"/>
+      <c r="R8" s="374"/>
+      <c r="S8" s="374"/>
+      <c r="T8" s="380"/>
+      <c r="U8" s="383"/>
+      <c r="V8" s="80" t="s">
+        <v>124</v>
+      </c>
+      <c r="W8" s="81" t="s">
+        <v>125</v>
+      </c>
+      <c r="X8" s="368"/>
+    </row>
+    <row r="9" spans="1:24" s="37" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="60">
+        <v>1</v>
+      </c>
+      <c r="B9" s="97">
+        <v>46113</v>
+      </c>
+      <c r="C9" s="71" t="s">
+        <v>107</v>
+      </c>
+      <c r="D9" s="71" t="s">
+        <v>121</v>
+      </c>
+      <c r="E9" s="71">
+        <v>2</v>
+      </c>
+      <c r="F9" s="72">
+        <v>32878</v>
+      </c>
+      <c r="G9" s="79">
+        <f>IF(F9="","",DATEDIF(F9,DATE(2027,4,1),"Y"))</f>
+        <v>37</v>
+      </c>
+      <c r="H9" s="71" t="s">
+        <v>112</v>
+      </c>
+      <c r="I9" s="71">
+        <v>999</v>
+      </c>
+      <c r="J9" s="71">
+        <v>1</v>
+      </c>
+      <c r="K9" s="44" t="s">
+        <v>48</v>
+      </c>
+      <c r="L9" s="44"/>
+      <c r="M9" s="44"/>
+      <c r="N9" s="44"/>
+      <c r="O9" s="44"/>
+      <c r="P9" s="44"/>
+      <c r="Q9" s="44"/>
+      <c r="R9" s="44" t="s">
+        <v>48</v>
+      </c>
+      <c r="S9" s="44"/>
+      <c r="T9" s="44"/>
+      <c r="U9" s="44"/>
+      <c r="V9" s="44"/>
+      <c r="W9" s="44"/>
+      <c r="X9" s="82" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="5" spans="1:23" s="38" customFormat="1" ht="48.65" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...42 lines deleted...]
-      <c r="W5" s="359"/>
+    <row r="10" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" s="60">
+        <v>2</v>
+      </c>
+      <c r="B10" s="58"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
+      <c r="E10" s="38"/>
+      <c r="F10" s="39"/>
+      <c r="G10" s="79" t="str">
+        <f t="shared" ref="G10:G11" si="0">IF(F10="","",DATEDIF(F10,DATE(2027,4,1),"Y"))</f>
+        <v/>
+      </c>
+      <c r="H10" s="38"/>
+      <c r="I10" s="38"/>
+      <c r="J10" s="38"/>
+      <c r="K10" s="35"/>
+      <c r="L10" s="35"/>
+      <c r="M10" s="35"/>
+      <c r="N10" s="35"/>
+      <c r="O10" s="35"/>
+      <c r="P10" s="35"/>
+      <c r="Q10" s="35"/>
+      <c r="R10" s="35"/>
+      <c r="S10" s="35"/>
+      <c r="T10" s="35"/>
+      <c r="U10" s="35"/>
+      <c r="V10" s="35"/>
+      <c r="W10" s="35"/>
+      <c r="X10" s="36"/>
     </row>
-    <row r="6" spans="1:23" s="38" customFormat="1" ht="70.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...151 lines deleted...]
-      <c r="A11" s="79">
+    <row r="11" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A11" s="122">
         <v>3</v>
       </c>
-      <c r="B11" s="77"/>
-[...6 lines deleted...]
-      <c r="I11" s="106" t="str">
+      <c r="B11" s="130"/>
+      <c r="C11" s="131"/>
+      <c r="D11" s="131"/>
+      <c r="E11" s="131"/>
+      <c r="F11" s="132"/>
+      <c r="G11" s="133" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J11" s="51"/>
-[...12 lines deleted...]
-      <c r="W11" s="49"/>
+      <c r="H11" s="131"/>
+      <c r="I11" s="131"/>
+      <c r="J11" s="131"/>
+      <c r="K11" s="134"/>
+      <c r="L11" s="134"/>
+      <c r="M11" s="134"/>
+      <c r="N11" s="134"/>
+      <c r="O11" s="134"/>
+      <c r="P11" s="134"/>
+      <c r="Q11" s="134"/>
+      <c r="R11" s="134"/>
+      <c r="S11" s="134"/>
+      <c r="T11" s="134"/>
+      <c r="U11" s="134"/>
+      <c r="V11" s="134"/>
+      <c r="W11" s="134"/>
+      <c r="X11" s="135"/>
     </row>
-    <row r="12" spans="1:23" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...27 lines deleted...]
-      <c r="W12" s="49"/>
+    <row r="12" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12" s="61"/>
+      <c r="B12" s="62"/>
+      <c r="C12" s="63"/>
+      <c r="D12" s="63"/>
+      <c r="E12"/>
+      <c r="F12" s="64"/>
+      <c r="G12" s="63"/>
+      <c r="H12" s="63"/>
+      <c r="I12" s="63"/>
+      <c r="J12" s="63"/>
+      <c r="K12"/>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12"/>
+      <c r="O12"/>
+      <c r="P12"/>
+      <c r="Q12"/>
+      <c r="R12"/>
+      <c r="S12"/>
+      <c r="T12"/>
+      <c r="U12"/>
+      <c r="V12"/>
+      <c r="W12"/>
+      <c r="X12"/>
     </row>
-    <row r="13" spans="1:23" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...27 lines deleted...]
-      <c r="W13" s="49"/>
+    <row r="13" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="61"/>
+      <c r="B13" s="62"/>
+      <c r="C13" s="63"/>
+      <c r="D13" s="63"/>
+      <c r="E13"/>
+      <c r="F13" s="64"/>
+      <c r="G13" s="63"/>
+      <c r="H13" s="63"/>
+      <c r="I13" s="63"/>
+      <c r="J13" s="63"/>
+      <c r="K13"/>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13"/>
+      <c r="O13"/>
+      <c r="P13"/>
+      <c r="Q13"/>
+      <c r="R13"/>
+      <c r="S13"/>
+      <c r="T13"/>
+      <c r="U13"/>
+      <c r="V13"/>
+      <c r="W13"/>
+      <c r="X13"/>
     </row>
-    <row r="14" spans="1:23" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...27 lines deleted...]
-      <c r="W14" s="49"/>
+    <row r="14" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14" s="61"/>
+      <c r="B14" s="62"/>
+      <c r="C14" s="63"/>
+      <c r="D14" s="63"/>
+      <c r="E14"/>
+      <c r="F14" s="64"/>
+      <c r="G14" s="63"/>
+      <c r="H14" s="63"/>
+      <c r="I14" s="63"/>
+      <c r="J14" s="63"/>
+      <c r="K14"/>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14"/>
+      <c r="O14"/>
+      <c r="P14"/>
+      <c r="Q14"/>
+      <c r="R14"/>
+      <c r="S14"/>
+      <c r="T14"/>
+      <c r="U14"/>
+      <c r="V14"/>
+      <c r="W14"/>
+      <c r="X14"/>
     </row>
-    <row r="15" spans="1:23" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...27 lines deleted...]
-      <c r="W15" s="49"/>
+    <row r="15" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15" s="61"/>
+      <c r="B15" s="62"/>
+      <c r="C15" s="63"/>
+      <c r="D15" s="63"/>
+      <c r="E15"/>
+      <c r="F15" s="64"/>
+      <c r="G15" s="63"/>
+      <c r="H15" s="63"/>
+      <c r="I15" s="63"/>
+      <c r="J15" s="63"/>
+      <c r="K15"/>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15"/>
+      <c r="O15"/>
+      <c r="P15"/>
+      <c r="Q15"/>
+      <c r="R15"/>
+      <c r="S15"/>
+      <c r="T15"/>
+      <c r="U15"/>
+      <c r="V15"/>
+      <c r="W15"/>
+      <c r="X15"/>
     </row>
-    <row r="16" spans="1:23" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...27 lines deleted...]
-      <c r="W16" s="49"/>
+    <row r="16" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A16" s="61"/>
+      <c r="B16" s="62"/>
+      <c r="C16" s="63"/>
+      <c r="D16" s="63"/>
+      <c r="E16"/>
+      <c r="F16" s="64"/>
+      <c r="G16" s="63"/>
+      <c r="H16" s="63"/>
+      <c r="I16" s="63"/>
+      <c r="J16" s="63"/>
+      <c r="K16"/>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16"/>
+      <c r="O16"/>
+      <c r="P16"/>
+      <c r="Q16"/>
+      <c r="R16"/>
+      <c r="S16"/>
+      <c r="T16"/>
+      <c r="U16"/>
+      <c r="V16"/>
+      <c r="W16"/>
+      <c r="X16"/>
     </row>
-    <row r="17" spans="1:23" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...27 lines deleted...]
-      <c r="W17" s="49"/>
+    <row r="17" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A17" s="61"/>
+      <c r="B17" s="62"/>
+      <c r="C17" s="63"/>
+      <c r="D17" s="63"/>
+      <c r="E17"/>
+      <c r="F17" s="64"/>
+      <c r="G17" s="63"/>
+      <c r="H17" s="63"/>
+      <c r="I17" s="63"/>
+      <c r="J17" s="63"/>
+      <c r="K17"/>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17"/>
+      <c r="Q17"/>
+      <c r="R17"/>
+      <c r="S17"/>
+      <c r="T17"/>
+      <c r="U17"/>
+      <c r="V17"/>
+      <c r="W17"/>
+      <c r="X17"/>
     </row>
-    <row r="18" spans="1:23" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...27 lines deleted...]
-      <c r="W18" s="49"/>
+    <row r="18" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18" s="61"/>
+      <c r="B18" s="62"/>
+      <c r="C18" s="63"/>
+      <c r="D18" s="63"/>
+      <c r="E18"/>
+      <c r="F18" s="64"/>
+      <c r="G18" s="63"/>
+      <c r="H18" s="63"/>
+      <c r="I18" s="63"/>
+      <c r="J18" s="63"/>
+      <c r="K18"/>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18"/>
+      <c r="W18"/>
+      <c r="X18"/>
     </row>
-    <row r="19" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="K19" s="82"/>
+    <row r="19" spans="1:24" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A19" s="61"/>
+      <c r="B19" s="62"/>
+      <c r="C19" s="63"/>
+      <c r="D19" s="63"/>
+      <c r="E19" s="63"/>
+      <c r="F19" s="64"/>
+      <c r="G19" s="63"/>
+      <c r="H19" s="63"/>
+      <c r="I19" s="63"/>
+      <c r="J19" s="63"/>
+      <c r="K19" s="63"/>
+      <c r="L19" s="63"/>
+      <c r="M19" s="63"/>
+      <c r="N19" s="63"/>
+      <c r="O19" s="63"/>
+      <c r="P19" s="63"/>
+      <c r="Q19" s="63"/>
+      <c r="R19" s="63"/>
+      <c r="S19" s="63"/>
+      <c r="T19" s="63"/>
+      <c r="U19" s="63"/>
+      <c r="V19" s="63"/>
+      <c r="W19" s="63"/>
+      <c r="X19" s="65"/>
+    </row>
+    <row r="32" spans="1:24" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="S32"/>
+      <c r="T32"/>
+      <c r="U32"/>
+    </row>
+    <row r="33" spans="19:21" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="S33"/>
+      <c r="T33"/>
+      <c r="U33"/>
+    </row>
+    <row r="34" spans="19:21" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="S34"/>
+      <c r="T34"/>
+      <c r="U34"/>
+    </row>
+    <row r="35" spans="19:21" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="S35"/>
+      <c r="T35"/>
+      <c r="U35"/>
+    </row>
+    <row r="36" spans="19:21" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="S36"/>
+      <c r="T36"/>
+      <c r="U36"/>
+    </row>
+    <row r="37" spans="19:21" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="S37"/>
+      <c r="T37"/>
+      <c r="U37"/>
     </row>
   </sheetData>
-  <mergeCells count="29">
-    <mergeCell ref="K4:K8"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="30">
+    <mergeCell ref="G1:X2"/>
+    <mergeCell ref="B3:F3"/>
+    <mergeCell ref="H3:X3"/>
     <mergeCell ref="A4:A8"/>
-    <mergeCell ref="E4:E8"/>
-[...2 lines deleted...]
-    <mergeCell ref="T4:V4"/>
     <mergeCell ref="B4:B8"/>
     <mergeCell ref="C4:C8"/>
     <mergeCell ref="D4:D8"/>
+    <mergeCell ref="E4:E8"/>
     <mergeCell ref="F4:F8"/>
     <mergeCell ref="G4:G8"/>
     <mergeCell ref="H4:H8"/>
     <mergeCell ref="I4:I8"/>
     <mergeCell ref="J4:J8"/>
-    <mergeCell ref="J3:W3"/>
-    <mergeCell ref="S6:S8"/>
+    <mergeCell ref="K4:M4"/>
+    <mergeCell ref="N4:W4"/>
+    <mergeCell ref="X4:X8"/>
+    <mergeCell ref="K5:K8"/>
+    <mergeCell ref="N5:N8"/>
+    <mergeCell ref="O5:O8"/>
+    <mergeCell ref="P5:P8"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="M7:M8"/>
+    <mergeCell ref="L7:L8"/>
+    <mergeCell ref="V6:W7"/>
     <mergeCell ref="T6:T8"/>
     <mergeCell ref="U6:U8"/>
-    <mergeCell ref="V6:V8"/>
-[...7 lines deleted...]
-    <mergeCell ref="M4:Q4"/>
     <mergeCell ref="Q5:Q8"/>
-    <mergeCell ref="P5:P8"/>
+    <mergeCell ref="R5:R8"/>
+    <mergeCell ref="S5:S8"/>
+    <mergeCell ref="T5:W5"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
-  <dataValidations count="4">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L9:L16 E9:E18" xr:uid="{098817EA-F004-49D0-944F-16AED8749ABF}">
+  <dataValidations count="3">
+    <dataValidation type="custom" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="半角スペースが入っていません。" error="姓と名の間に半角スペースを入れてください。" sqref="C10:D18" xr:uid="{63FCF338-7FD4-4E77-839C-03B470354576}">
+      <formula1>ISNUMBER(FIND(" ",C10))</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J9:J19 E9:E11 E19" xr:uid="{B0F082B3-D3AE-4908-81D8-F2C5F7AEA56C}">
       <formula1>"1,2"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M9:V18" xr:uid="{873C883D-7624-43A5-AB0C-4785FA2CE1ED}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K9:W11 K19:W19" xr:uid="{5C42456F-3819-44CD-AE9C-D469C3E51905}">
       <formula1>"○"</formula1>
-    </dataValidation>
-[...4 lines deleted...]
-      <formula1>ISNUMBER(FIND("　",C9))</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.19685039370078741" bottom="0.19685039370078741" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="46" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="40" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E6FF10C7-0B3C-4A3A-B3CD-1C594CA8F754}">
+  <sheetPr>
+    <tabColor rgb="FF7030A0"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:V19"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="55" zoomScaleNormal="45" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="55" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="2.58203125" defaultRowHeight="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+  <cols>
+    <col min="1" max="1" width="9.08203125" style="32" customWidth="1"/>
+    <col min="2" max="2" width="30.08203125" style="32" customWidth="1"/>
+    <col min="3" max="3" width="30.6640625" style="32" customWidth="1"/>
+    <col min="4" max="4" width="21.9140625" style="32" customWidth="1"/>
+    <col min="5" max="5" width="22.1640625" style="32" customWidth="1"/>
+    <col min="6" max="6" width="7.08203125" style="32" customWidth="1"/>
+    <col min="7" max="7" width="24.5" style="32" customWidth="1"/>
+    <col min="8" max="8" width="28.4140625" style="32" customWidth="1"/>
+    <col min="9" max="9" width="21.1640625" style="32" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9" style="32" customWidth="1"/>
+    <col min="11" max="11" width="18.6640625" style="32" customWidth="1"/>
+    <col min="12" max="16" width="8" style="32" customWidth="1"/>
+    <col min="17" max="18" width="14.1640625" style="32" customWidth="1"/>
+    <col min="19" max="21" width="8" style="32" customWidth="1"/>
+    <col min="22" max="22" width="29.9140625" style="32" customWidth="1"/>
+    <col min="23" max="16384" width="2.58203125" style="32"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:22" s="29" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B1" s="54"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="55"/>
+      <c r="F1" s="98"/>
+      <c r="G1" s="361" t="s">
+        <v>130</v>
+      </c>
+      <c r="H1" s="361"/>
+      <c r="I1" s="361"/>
+      <c r="J1" s="361"/>
+      <c r="K1" s="361"/>
+      <c r="L1" s="361"/>
+      <c r="M1" s="361"/>
+      <c r="N1" s="361"/>
+      <c r="O1" s="361"/>
+      <c r="P1" s="361"/>
+      <c r="Q1" s="361"/>
+      <c r="R1" s="361"/>
+      <c r="S1" s="361"/>
+      <c r="T1" s="361"/>
+      <c r="U1" s="361"/>
+      <c r="V1" s="99"/>
+    </row>
+    <row r="2" spans="1:22" s="31" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="30"/>
+      <c r="B2" s="56"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="57"/>
+      <c r="F2" s="98"/>
+      <c r="G2" s="361"/>
+      <c r="H2" s="361"/>
+      <c r="I2" s="361"/>
+      <c r="J2" s="361"/>
+      <c r="K2" s="361"/>
+      <c r="L2" s="361"/>
+      <c r="M2" s="361"/>
+      <c r="N2" s="361"/>
+      <c r="O2" s="361"/>
+      <c r="P2" s="361"/>
+      <c r="Q2" s="361"/>
+      <c r="R2" s="361"/>
+      <c r="S2" s="361"/>
+      <c r="T2" s="361"/>
+      <c r="U2" s="361"/>
+      <c r="V2" s="99"/>
+    </row>
+    <row r="3" spans="1:22" ht="107.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="395"/>
+      <c r="C3" s="395"/>
+      <c r="D3" s="395"/>
+      <c r="E3" s="395"/>
+      <c r="F3" s="440"/>
+      <c r="G3" s="440"/>
+      <c r="H3" s="441" t="s">
+        <v>131</v>
+      </c>
+      <c r="I3" s="441"/>
+      <c r="J3" s="441"/>
+      <c r="K3" s="441"/>
+      <c r="L3" s="441"/>
+      <c r="M3" s="441"/>
+      <c r="N3" s="441"/>
+      <c r="O3" s="441"/>
+      <c r="P3" s="441"/>
+      <c r="Q3" s="441"/>
+      <c r="R3" s="441"/>
+      <c r="S3" s="441"/>
+      <c r="T3" s="441"/>
+      <c r="U3" s="441"/>
+      <c r="V3" s="100"/>
+    </row>
+    <row r="4" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="396"/>
+      <c r="B4" s="442" t="s">
+        <v>139</v>
+      </c>
+      <c r="C4" s="442" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" s="399" t="s">
+        <v>132</v>
+      </c>
+      <c r="E4" s="400" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" s="392" t="s">
+        <v>72</v>
+      </c>
+      <c r="G4" s="403" t="s">
+        <v>129</v>
+      </c>
+      <c r="H4" s="392" t="s">
+        <v>115</v>
+      </c>
+      <c r="I4" s="409" t="s">
+        <v>110</v>
+      </c>
+      <c r="J4" s="412" t="s">
+        <v>73</v>
+      </c>
+      <c r="K4" s="392" t="s">
+        <v>114</v>
+      </c>
+      <c r="L4" s="389" t="s">
+        <v>8</v>
+      </c>
+      <c r="M4" s="390"/>
+      <c r="N4" s="390"/>
+      <c r="O4" s="390"/>
+      <c r="P4" s="391"/>
+      <c r="Q4" s="449" t="s">
+        <v>81</v>
+      </c>
+      <c r="R4" s="450"/>
+      <c r="S4" s="416" t="s">
+        <v>49</v>
+      </c>
+      <c r="T4" s="417"/>
+      <c r="U4" s="417"/>
+      <c r="V4" s="366" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="5" spans="1:22" s="33" customFormat="1" ht="48.65" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="397"/>
+      <c r="B5" s="443"/>
+      <c r="C5" s="443"/>
+      <c r="D5" s="382"/>
+      <c r="E5" s="401"/>
+      <c r="F5" s="393"/>
+      <c r="G5" s="404"/>
+      <c r="H5" s="393"/>
+      <c r="I5" s="410"/>
+      <c r="J5" s="413"/>
+      <c r="K5" s="393"/>
+      <c r="L5" s="41" t="s">
+        <v>67</v>
+      </c>
+      <c r="M5" s="42" t="s">
+        <v>68</v>
+      </c>
+      <c r="N5" s="73" t="s">
+        <v>71</v>
+      </c>
+      <c r="O5" s="418" t="s">
+        <v>117</v>
+      </c>
+      <c r="P5" s="421" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q5" s="75" t="s">
+        <v>108</v>
+      </c>
+      <c r="R5" s="53" t="s">
+        <v>80</v>
+      </c>
+      <c r="S5" s="43" t="s">
+        <v>69</v>
+      </c>
+      <c r="T5" s="43" t="s">
+        <v>70</v>
+      </c>
+      <c r="U5" s="43" t="s">
+        <v>69</v>
+      </c>
+      <c r="V5" s="367"/>
+    </row>
+    <row r="6" spans="1:22" s="33" customFormat="1" ht="70.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="397"/>
+      <c r="B6" s="443"/>
+      <c r="C6" s="443"/>
+      <c r="D6" s="445"/>
+      <c r="E6" s="447"/>
+      <c r="F6" s="393"/>
+      <c r="G6" s="405"/>
+      <c r="H6" s="407"/>
+      <c r="I6" s="410"/>
+      <c r="J6" s="413"/>
+      <c r="K6" s="393"/>
+      <c r="L6" s="424" t="s">
+        <v>101</v>
+      </c>
+      <c r="M6" s="427" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" s="430" t="s">
+        <v>97</v>
+      </c>
+      <c r="O6" s="419"/>
+      <c r="P6" s="422"/>
+      <c r="Q6" s="431" t="s">
+        <v>83</v>
+      </c>
+      <c r="R6" s="431" t="s">
+        <v>82</v>
+      </c>
+      <c r="S6" s="434" t="s">
+        <v>65</v>
+      </c>
+      <c r="T6" s="437" t="s">
+        <v>145</v>
+      </c>
+      <c r="U6" s="437" t="s">
+        <v>96</v>
+      </c>
+      <c r="V6" s="367"/>
+    </row>
+    <row r="7" spans="1:22" s="37" customFormat="1" ht="20.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="397"/>
+      <c r="B7" s="443"/>
+      <c r="C7" s="443"/>
+      <c r="D7" s="445"/>
+      <c r="E7" s="447"/>
+      <c r="F7" s="393"/>
+      <c r="G7" s="405"/>
+      <c r="H7" s="407"/>
+      <c r="I7" s="410"/>
+      <c r="J7" s="413"/>
+      <c r="K7" s="393"/>
+      <c r="L7" s="425"/>
+      <c r="M7" s="428"/>
+      <c r="N7" s="419"/>
+      <c r="O7" s="419"/>
+      <c r="P7" s="422"/>
+      <c r="Q7" s="432"/>
+      <c r="R7" s="432"/>
+      <c r="S7" s="435"/>
+      <c r="T7" s="438"/>
+      <c r="U7" s="438"/>
+      <c r="V7" s="367"/>
+    </row>
+    <row r="8" spans="1:22" s="40" customFormat="1" ht="42.65" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="398"/>
+      <c r="B8" s="444"/>
+      <c r="C8" s="444"/>
+      <c r="D8" s="446"/>
+      <c r="E8" s="448"/>
+      <c r="F8" s="394"/>
+      <c r="G8" s="406"/>
+      <c r="H8" s="408"/>
+      <c r="I8" s="411"/>
+      <c r="J8" s="414"/>
+      <c r="K8" s="394"/>
+      <c r="L8" s="426"/>
+      <c r="M8" s="429"/>
+      <c r="N8" s="420"/>
+      <c r="O8" s="420"/>
+      <c r="P8" s="423"/>
+      <c r="Q8" s="433"/>
+      <c r="R8" s="433"/>
+      <c r="S8" s="436"/>
+      <c r="T8" s="439"/>
+      <c r="U8" s="439"/>
+      <c r="V8" s="368"/>
+    </row>
+    <row r="9" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="60">
+        <v>1</v>
+      </c>
+      <c r="B9" s="91"/>
+      <c r="C9" s="91"/>
+      <c r="D9" s="101"/>
+      <c r="E9" s="90"/>
+      <c r="F9" s="90"/>
+      <c r="G9" s="91"/>
+      <c r="H9" s="90"/>
+      <c r="I9" s="102"/>
+      <c r="J9" s="95"/>
+      <c r="K9" s="121" t="str">
+        <f>IF(G9="","",DATEDIF(G9,DATE(2027,4,1),"Y"))</f>
+        <v/>
+      </c>
+      <c r="L9" s="105"/>
+      <c r="M9" s="106"/>
+      <c r="N9" s="106"/>
+      <c r="O9" s="106"/>
+      <c r="P9" s="106"/>
+      <c r="Q9" s="35"/>
+      <c r="R9" s="35"/>
+      <c r="S9" s="35"/>
+      <c r="T9" s="35"/>
+      <c r="U9" s="35"/>
+      <c r="V9" s="36"/>
+    </row>
+    <row r="10" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" s="60">
+        <v>2</v>
+      </c>
+      <c r="B10" s="91"/>
+      <c r="C10" s="104"/>
+      <c r="D10" s="95"/>
+      <c r="E10" s="95"/>
+      <c r="F10" s="95"/>
+      <c r="G10" s="104"/>
+      <c r="H10" s="95"/>
+      <c r="I10" s="95"/>
+      <c r="J10" s="95"/>
+      <c r="K10" s="121" t="str">
+        <f t="shared" ref="K10:K18" si="0">IF(G10="","",DATEDIF(G10,DATE(2027,4,1),"Y"))</f>
+        <v/>
+      </c>
+      <c r="L10" s="105"/>
+      <c r="M10" s="106"/>
+      <c r="N10" s="106"/>
+      <c r="O10" s="106"/>
+      <c r="P10" s="106"/>
+      <c r="Q10" s="35"/>
+      <c r="R10" s="35"/>
+      <c r="S10" s="35"/>
+      <c r="T10" s="35"/>
+      <c r="U10" s="35"/>
+      <c r="V10" s="36"/>
+    </row>
+    <row r="11" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A11" s="60">
+        <v>3</v>
+      </c>
+      <c r="B11" s="91"/>
+      <c r="C11" s="104"/>
+      <c r="D11" s="95"/>
+      <c r="E11" s="95"/>
+      <c r="F11" s="95"/>
+      <c r="G11" s="104"/>
+      <c r="H11" s="95"/>
+      <c r="I11" s="95"/>
+      <c r="J11" s="95"/>
+      <c r="K11" s="121" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L11" s="105"/>
+      <c r="M11" s="106"/>
+      <c r="N11" s="106"/>
+      <c r="O11" s="106"/>
+      <c r="P11" s="106"/>
+      <c r="Q11" s="35"/>
+      <c r="R11" s="35"/>
+      <c r="S11" s="35"/>
+      <c r="T11" s="35"/>
+      <c r="U11" s="35"/>
+      <c r="V11" s="36"/>
+    </row>
+    <row r="12" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12" s="60">
+        <v>4</v>
+      </c>
+      <c r="B12" s="91"/>
+      <c r="C12" s="104"/>
+      <c r="D12" s="95"/>
+      <c r="E12" s="95"/>
+      <c r="F12" s="95"/>
+      <c r="G12" s="104"/>
+      <c r="H12" s="95"/>
+      <c r="I12" s="95"/>
+      <c r="J12" s="95"/>
+      <c r="K12" s="121" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L12" s="105"/>
+      <c r="M12" s="106"/>
+      <c r="N12" s="106"/>
+      <c r="O12" s="106"/>
+      <c r="P12" s="106"/>
+      <c r="Q12" s="35"/>
+      <c r="R12" s="35"/>
+      <c r="S12" s="35"/>
+      <c r="T12" s="35"/>
+      <c r="U12" s="35"/>
+      <c r="V12" s="36"/>
+    </row>
+    <row r="13" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="60">
+        <v>5</v>
+      </c>
+      <c r="B13" s="91"/>
+      <c r="C13" s="104"/>
+      <c r="D13" s="95"/>
+      <c r="E13" s="95"/>
+      <c r="F13" s="95"/>
+      <c r="G13" s="104"/>
+      <c r="H13" s="95"/>
+      <c r="I13" s="95"/>
+      <c r="J13" s="95"/>
+      <c r="K13" s="121" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L13" s="105"/>
+      <c r="M13" s="106"/>
+      <c r="N13" s="106"/>
+      <c r="O13" s="106"/>
+      <c r="P13" s="106"/>
+      <c r="Q13" s="35"/>
+      <c r="R13" s="35"/>
+      <c r="S13" s="35"/>
+      <c r="T13" s="35"/>
+      <c r="U13" s="35"/>
+      <c r="V13" s="36"/>
+    </row>
+    <row r="14" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14" s="60">
+        <v>6</v>
+      </c>
+      <c r="B14" s="91"/>
+      <c r="C14" s="104"/>
+      <c r="D14" s="95"/>
+      <c r="E14" s="95"/>
+      <c r="F14" s="95"/>
+      <c r="G14" s="104"/>
+      <c r="H14" s="95"/>
+      <c r="I14" s="95"/>
+      <c r="J14" s="95"/>
+      <c r="K14" s="121" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L14" s="105"/>
+      <c r="M14" s="106"/>
+      <c r="N14" s="106"/>
+      <c r="O14" s="106"/>
+      <c r="P14" s="106"/>
+      <c r="Q14" s="35"/>
+      <c r="R14" s="35"/>
+      <c r="S14" s="35"/>
+      <c r="T14" s="35"/>
+      <c r="U14" s="35"/>
+      <c r="V14" s="36"/>
+    </row>
+    <row r="15" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15" s="60">
+        <v>7</v>
+      </c>
+      <c r="B15" s="91"/>
+      <c r="C15" s="104"/>
+      <c r="D15" s="95"/>
+      <c r="E15" s="95"/>
+      <c r="F15" s="95"/>
+      <c r="G15" s="104"/>
+      <c r="H15" s="95"/>
+      <c r="I15" s="95"/>
+      <c r="J15" s="95"/>
+      <c r="K15" s="121" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L15" s="105"/>
+      <c r="M15" s="106"/>
+      <c r="N15" s="106"/>
+      <c r="O15" s="106"/>
+      <c r="P15" s="106"/>
+      <c r="Q15" s="35"/>
+      <c r="R15" s="35"/>
+      <c r="S15" s="35"/>
+      <c r="T15" s="35"/>
+      <c r="U15" s="35"/>
+      <c r="V15" s="36"/>
+    </row>
+    <row r="16" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A16" s="60">
+        <v>8</v>
+      </c>
+      <c r="B16" s="91"/>
+      <c r="C16" s="104"/>
+      <c r="D16" s="95"/>
+      <c r="E16" s="95"/>
+      <c r="F16" s="95"/>
+      <c r="G16" s="104"/>
+      <c r="H16" s="95"/>
+      <c r="I16" s="95"/>
+      <c r="J16" s="95"/>
+      <c r="K16" s="121" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L16" s="105"/>
+      <c r="M16" s="106"/>
+      <c r="N16" s="106"/>
+      <c r="O16" s="106"/>
+      <c r="P16" s="106"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="35"/>
+      <c r="T16" s="35"/>
+      <c r="U16" s="35"/>
+      <c r="V16" s="36"/>
+    </row>
+    <row r="17" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A17" s="60">
+        <v>9</v>
+      </c>
+      <c r="B17" s="91"/>
+      <c r="C17" s="104"/>
+      <c r="D17" s="90"/>
+      <c r="E17" s="90"/>
+      <c r="F17" s="95"/>
+      <c r="G17" s="104"/>
+      <c r="H17" s="95"/>
+      <c r="I17" s="95"/>
+      <c r="J17" s="95"/>
+      <c r="K17" s="121" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L17" s="105"/>
+      <c r="M17" s="106"/>
+      <c r="N17" s="106"/>
+      <c r="O17" s="106"/>
+      <c r="P17" s="106"/>
+      <c r="Q17" s="35"/>
+      <c r="R17" s="35"/>
+      <c r="S17" s="35"/>
+      <c r="T17" s="35"/>
+      <c r="U17" s="35"/>
+      <c r="V17" s="36"/>
+    </row>
+    <row r="18" spans="1:22" s="40" customFormat="1" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A18" s="122">
+        <v>10</v>
+      </c>
+      <c r="B18" s="136"/>
+      <c r="C18" s="137"/>
+      <c r="D18" s="124"/>
+      <c r="E18" s="124"/>
+      <c r="F18" s="125"/>
+      <c r="G18" s="137"/>
+      <c r="H18" s="125"/>
+      <c r="I18" s="125"/>
+      <c r="J18" s="125"/>
+      <c r="K18" s="138" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L18" s="139"/>
+      <c r="M18" s="140"/>
+      <c r="N18" s="140"/>
+      <c r="O18" s="140"/>
+      <c r="P18" s="140"/>
+      <c r="Q18" s="134"/>
+      <c r="R18" s="134"/>
+      <c r="S18" s="134"/>
+      <c r="T18" s="134"/>
+      <c r="U18" s="134"/>
+      <c r="V18" s="135"/>
+    </row>
+    <row r="19" spans="1:22" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="I19" s="63"/>
+    </row>
+  </sheetData>
+  <mergeCells count="28">
+    <mergeCell ref="G1:U2"/>
+    <mergeCell ref="B3:G3"/>
+    <mergeCell ref="H3:U3"/>
+    <mergeCell ref="A4:A8"/>
+    <mergeCell ref="B4:B8"/>
+    <mergeCell ref="C4:C8"/>
+    <mergeCell ref="D4:D8"/>
+    <mergeCell ref="E4:E8"/>
+    <mergeCell ref="F4:F8"/>
+    <mergeCell ref="G4:G8"/>
+    <mergeCell ref="H4:H8"/>
+    <mergeCell ref="I4:I8"/>
+    <mergeCell ref="J4:J8"/>
+    <mergeCell ref="K4:K8"/>
+    <mergeCell ref="L4:P4"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="S4:U4"/>
+    <mergeCell ref="V4:V8"/>
+    <mergeCell ref="O5:O8"/>
+    <mergeCell ref="P5:P8"/>
+    <mergeCell ref="L6:L8"/>
+    <mergeCell ref="M6:M8"/>
+    <mergeCell ref="N6:N8"/>
+    <mergeCell ref="Q6:Q8"/>
+    <mergeCell ref="R6:R8"/>
+    <mergeCell ref="S6:S8"/>
+    <mergeCell ref="T6:T8"/>
+    <mergeCell ref="U6:U8"/>
+  </mergeCells>
+  <phoneticPr fontId="3"/>
+  <dataValidations count="5">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F9:F18 J9:J18" xr:uid="{098817EA-F004-49D0-944F-16AED8749ABF}">
+      <formula1>"1,2"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L9:U18" xr:uid="{873C883D-7624-43A5-AB0C-4785FA2CE1ED}">
+      <formula1>"○"</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="ハイフンが入っていません。" error="ハイフンを入れてください。" sqref="H9:H18" xr:uid="{30DCDD09-0408-445E-B795-5671FCA545D5}">
+      <formula1>OR(ISNUMBER(SEARCH("-",H9)), ISNUMBER(SEARCH("－",H9)))</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="スペースが入っていません。" error="姓と名の間にスペースを入れてください。" sqref="D9:E18" xr:uid="{19FBB691-2A71-44A7-BD1E-2C052923685F}">
+      <formula1>OR(ISNUMBER(FIND(" ",D9)),ISNUMBER(FIND("　",D9)))</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="スラッシュ(/)が入っていません。" error="スラッシュ(/)を入れてください。" sqref="G9:G18 B9:C18" xr:uid="{A29726EF-258F-4B16-8EA5-668F5E36E983}">
+      <formula1>ISNUMBER(FIND("/",TEXT(B9,"yyyy/mm/dd")))</formula1>
+    </dataValidation>
+  </dataValidations>
+  <printOptions horizontalCentered="1" verticalCentered="1"/>
+  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.19685039370078741" bottom="0.19685039370078741" header="0" footer="0"/>
+  <pageSetup paperSize="9" scale="36" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{513C68A0-5E11-4257-9A45-5B06D9378893}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Y19"/>
+  <dimension ref="A1:W27"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="55" zoomScaleNormal="45" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="55" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="55" zoomScaleNormal="45" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="55" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.58203125" defaultRowHeight="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="9.08203125" style="37" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="25" max="16384" width="2.58203125" style="37"/>
+    <col min="1" max="1" width="9.08203125" style="32" customWidth="1"/>
+    <col min="2" max="2" width="30.1640625" style="32" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="23.9140625" style="32" customWidth="1"/>
+    <col min="4" max="4" width="21.9140625" style="32" customWidth="1"/>
+    <col min="5" max="5" width="22.1640625" style="32" customWidth="1"/>
+    <col min="6" max="6" width="7.08203125" style="32" customWidth="1"/>
+    <col min="7" max="7" width="23.6640625" style="32" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="28.4140625" style="32" customWidth="1"/>
+    <col min="9" max="9" width="10.4140625" style="32" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9" style="32" customWidth="1"/>
+    <col min="11" max="11" width="18.6640625" style="32" customWidth="1"/>
+    <col min="12" max="16" width="8" style="32" customWidth="1"/>
+    <col min="17" max="18" width="14.1640625" style="32" customWidth="1"/>
+    <col min="19" max="21" width="8" style="32" customWidth="1"/>
+    <col min="22" max="22" width="29.9140625" style="32" customWidth="1"/>
+    <col min="23" max="16384" width="2.58203125" style="32"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" s="34" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="33" t="s">
+    <row r="1" spans="1:23" s="29" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="70"/>
-[...5 lines deleted...]
-      <c r="H1" s="339" t="s">
+      <c r="B1" s="54"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="55"/>
+      <c r="F1" s="98"/>
+      <c r="G1" s="361" t="s">
+        <v>130</v>
+      </c>
+      <c r="H1" s="361"/>
+      <c r="I1" s="361"/>
+      <c r="J1" s="361"/>
+      <c r="K1" s="361"/>
+      <c r="L1" s="361"/>
+      <c r="M1" s="361"/>
+      <c r="N1" s="361"/>
+      <c r="O1" s="361"/>
+      <c r="P1" s="361"/>
+      <c r="Q1" s="361"/>
+      <c r="R1" s="361"/>
+      <c r="S1" s="361"/>
+      <c r="T1" s="361"/>
+      <c r="U1" s="361"/>
+      <c r="V1" s="99"/>
+    </row>
+    <row r="2" spans="1:23" s="31" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="30"/>
+      <c r="B2" s="56"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="57"/>
+      <c r="F2" s="98"/>
+      <c r="G2" s="361"/>
+      <c r="H2" s="361"/>
+      <c r="I2" s="361"/>
+      <c r="J2" s="361"/>
+      <c r="K2" s="361"/>
+      <c r="L2" s="361"/>
+      <c r="M2" s="361"/>
+      <c r="N2" s="361"/>
+      <c r="O2" s="361"/>
+      <c r="P2" s="361"/>
+      <c r="Q2" s="361"/>
+      <c r="R2" s="361"/>
+      <c r="S2" s="361"/>
+      <c r="T2" s="361"/>
+      <c r="U2" s="361"/>
+      <c r="V2" s="99"/>
+    </row>
+    <row r="3" spans="1:23" ht="107.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="395"/>
+      <c r="C3" s="395"/>
+      <c r="D3" s="395"/>
+      <c r="E3" s="395"/>
+      <c r="F3" s="440"/>
+      <c r="G3" s="440"/>
+      <c r="H3" s="441" t="s">
+        <v>127</v>
+      </c>
+      <c r="I3" s="441"/>
+      <c r="J3" s="441"/>
+      <c r="K3" s="441"/>
+      <c r="L3" s="441"/>
+      <c r="M3" s="441"/>
+      <c r="N3" s="441"/>
+      <c r="O3" s="441"/>
+      <c r="P3" s="441"/>
+      <c r="Q3" s="441"/>
+      <c r="R3" s="441"/>
+      <c r="S3" s="441"/>
+      <c r="T3" s="441"/>
+      <c r="U3" s="441"/>
+      <c r="V3" s="100"/>
+    </row>
+    <row r="4" spans="1:23" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="396"/>
+      <c r="B4" s="442" t="s">
+        <v>139</v>
+      </c>
+      <c r="C4" s="442" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" s="399" t="s">
+        <v>132</v>
+      </c>
+      <c r="E4" s="400" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" s="392" t="s">
+        <v>72</v>
+      </c>
+      <c r="G4" s="403" t="s">
+        <v>135</v>
+      </c>
+      <c r="H4" s="392" t="s">
+        <v>115</v>
+      </c>
+      <c r="I4" s="409" t="s">
+        <v>110</v>
+      </c>
+      <c r="J4" s="412" t="s">
+        <v>73</v>
+      </c>
+      <c r="K4" s="392" t="s">
         <v>114</v>
       </c>
-      <c r="I1" s="339"/>
-[...14 lines deleted...]
-      <c r="X1" s="339"/>
+      <c r="L4" s="389" t="s">
+        <v>8</v>
+      </c>
+      <c r="M4" s="390"/>
+      <c r="N4" s="390"/>
+      <c r="O4" s="390"/>
+      <c r="P4" s="391"/>
+      <c r="Q4" s="449" t="s">
+        <v>81</v>
+      </c>
+      <c r="R4" s="450"/>
+      <c r="S4" s="416" t="s">
+        <v>49</v>
+      </c>
+      <c r="T4" s="417"/>
+      <c r="U4" s="417"/>
+      <c r="V4" s="366" t="s">
+        <v>102</v>
+      </c>
     </row>
-    <row r="2" spans="1:25" s="36" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
-[...25 lines deleted...]
-      <c r="X2" s="339"/>
+    <row r="5" spans="1:23" s="33" customFormat="1" ht="48" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="397"/>
+      <c r="B5" s="443"/>
+      <c r="C5" s="443"/>
+      <c r="D5" s="382"/>
+      <c r="E5" s="401"/>
+      <c r="F5" s="393"/>
+      <c r="G5" s="404"/>
+      <c r="H5" s="393"/>
+      <c r="I5" s="410"/>
+      <c r="J5" s="413"/>
+      <c r="K5" s="393"/>
+      <c r="L5" s="41" t="s">
+        <v>67</v>
+      </c>
+      <c r="M5" s="42" t="s">
+        <v>68</v>
+      </c>
+      <c r="N5" s="73" t="s">
+        <v>71</v>
+      </c>
+      <c r="O5" s="418" t="s">
+        <v>117</v>
+      </c>
+      <c r="P5" s="421" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q5" s="75" t="s">
+        <v>108</v>
+      </c>
+      <c r="R5" s="53" t="s">
+        <v>80</v>
+      </c>
+      <c r="S5" s="43" t="s">
+        <v>69</v>
+      </c>
+      <c r="T5" s="43" t="s">
+        <v>70</v>
+      </c>
+      <c r="U5" s="43" t="s">
+        <v>69</v>
+      </c>
+      <c r="V5" s="367"/>
     </row>
-    <row r="3" spans="1:25" ht="107.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="X3" s="423"/>
+    <row r="6" spans="1:23" s="33" customFormat="1" ht="70.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="397"/>
+      <c r="B6" s="443"/>
+      <c r="C6" s="443"/>
+      <c r="D6" s="445"/>
+      <c r="E6" s="447"/>
+      <c r="F6" s="393"/>
+      <c r="G6" s="405"/>
+      <c r="H6" s="407"/>
+      <c r="I6" s="410"/>
+      <c r="J6" s="413"/>
+      <c r="K6" s="393"/>
+      <c r="L6" s="424" t="s">
+        <v>101</v>
+      </c>
+      <c r="M6" s="427" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" s="430" t="s">
+        <v>97</v>
+      </c>
+      <c r="O6" s="419"/>
+      <c r="P6" s="422"/>
+      <c r="Q6" s="431" t="s">
+        <v>83</v>
+      </c>
+      <c r="R6" s="431" t="s">
+        <v>82</v>
+      </c>
+      <c r="S6" s="434" t="s">
+        <v>65</v>
+      </c>
+      <c r="T6" s="437" t="s">
+        <v>146</v>
+      </c>
+      <c r="U6" s="437" t="s">
+        <v>96</v>
+      </c>
+      <c r="V6" s="367"/>
     </row>
-    <row r="4" spans="1:25" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...50 lines deleted...]
-      <c r="W4" s="417" t="s">
+    <row r="7" spans="1:23" s="37" customFormat="1" ht="20.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="397"/>
+      <c r="B7" s="443"/>
+      <c r="C7" s="443"/>
+      <c r="D7" s="445"/>
+      <c r="E7" s="447"/>
+      <c r="F7" s="393"/>
+      <c r="G7" s="405"/>
+      <c r="H7" s="407"/>
+      <c r="I7" s="410"/>
+      <c r="J7" s="413"/>
+      <c r="K7" s="393"/>
+      <c r="L7" s="425"/>
+      <c r="M7" s="428"/>
+      <c r="N7" s="419"/>
+      <c r="O7" s="419"/>
+      <c r="P7" s="422"/>
+      <c r="Q7" s="432"/>
+      <c r="R7" s="432"/>
+      <c r="S7" s="435"/>
+      <c r="T7" s="438"/>
+      <c r="U7" s="438"/>
+      <c r="V7" s="367"/>
+    </row>
+    <row r="8" spans="1:23" s="40" customFormat="1" ht="42.65" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="398"/>
+      <c r="B8" s="444"/>
+      <c r="C8" s="444"/>
+      <c r="D8" s="446"/>
+      <c r="E8" s="448"/>
+      <c r="F8" s="394"/>
+      <c r="G8" s="406"/>
+      <c r="H8" s="408"/>
+      <c r="I8" s="411"/>
+      <c r="J8" s="414"/>
+      <c r="K8" s="394"/>
+      <c r="L8" s="426"/>
+      <c r="M8" s="429"/>
+      <c r="N8" s="420"/>
+      <c r="O8" s="420"/>
+      <c r="P8" s="423"/>
+      <c r="Q8" s="433"/>
+      <c r="R8" s="433"/>
+      <c r="S8" s="436"/>
+      <c r="T8" s="439"/>
+      <c r="U8" s="439"/>
+      <c r="V8" s="368"/>
+    </row>
+    <row r="9" spans="1:23" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="60">
+        <v>1</v>
+      </c>
+      <c r="B9" s="107">
+        <v>46119</v>
+      </c>
+      <c r="C9" s="107">
+        <v>46126</v>
+      </c>
+      <c r="D9" s="108" t="s">
+        <v>136</v>
+      </c>
+      <c r="E9" s="109" t="s">
+        <v>137</v>
+      </c>
+      <c r="F9" s="109">
+        <v>2</v>
+      </c>
+      <c r="G9" s="110">
+        <v>32878</v>
+      </c>
+      <c r="H9" s="109" t="s">
+        <v>138</v>
+      </c>
+      <c r="I9" s="102">
+        <v>999</v>
+      </c>
+      <c r="J9" s="102">
+        <v>1</v>
+      </c>
+      <c r="K9" s="111">
+        <f>IF(OR(F9="",G9="",J9=""),"",DATEDIF(G9,DATE(2027,4,1),"Y"))</f>
+        <v>37</v>
+      </c>
+      <c r="L9" s="112"/>
+      <c r="M9" s="113" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" s="114"/>
+      <c r="O9" s="114"/>
+      <c r="P9" s="114"/>
+      <c r="Q9" s="115"/>
+      <c r="R9" s="115"/>
+      <c r="S9" s="116" t="s">
+        <v>48</v>
+      </c>
+      <c r="T9" s="115"/>
+      <c r="U9" s="115"/>
+      <c r="V9" s="117" t="s">
         <v>111</v>
       </c>
-      <c r="X4" s="418"/>
     </row>
-    <row r="5" spans="1:25" s="38" customFormat="1" ht="48" x14ac:dyDescent="0.55000000000000004">
-[...43 lines deleted...]
-      <c r="X5" s="420"/>
+    <row r="10" spans="1:23" s="40" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" s="60">
+        <v>2</v>
+      </c>
+      <c r="B10" s="118"/>
+      <c r="C10" s="119"/>
+      <c r="D10" s="95"/>
+      <c r="E10" s="95"/>
+      <c r="F10" s="95"/>
+      <c r="G10" s="104"/>
+      <c r="H10" s="95"/>
+      <c r="I10" s="95"/>
+      <c r="J10" s="95"/>
+      <c r="K10" s="103" t="str">
+        <f>IF(OR(F10="",G10="",J10=""),"",DATEDIF(G10,DATE(2027,4,1),"Y"))</f>
+        <v/>
+      </c>
+      <c r="L10" s="112"/>
+      <c r="M10" s="114"/>
+      <c r="N10" s="114"/>
+      <c r="O10" s="114"/>
+      <c r="P10" s="114"/>
+      <c r="Q10" s="115"/>
+      <c r="R10" s="115"/>
+      <c r="S10" s="115"/>
+      <c r="T10" s="115"/>
+      <c r="U10" s="115"/>
+      <c r="V10" s="120"/>
     </row>
-    <row r="6" spans="1:25" s="38" customFormat="1" ht="70.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...39 lines deleted...]
-      <c r="X6" s="420"/>
+    <row r="11" spans="1:23" s="40" customFormat="1" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A11" s="122">
+        <v>3</v>
+      </c>
+      <c r="B11" s="141"/>
+      <c r="C11" s="142"/>
+      <c r="D11" s="125"/>
+      <c r="E11" s="125"/>
+      <c r="F11" s="125"/>
+      <c r="G11" s="137"/>
+      <c r="H11" s="125"/>
+      <c r="I11" s="125"/>
+      <c r="J11" s="125"/>
+      <c r="K11" s="143" t="str">
+        <f>IF(OR(F11="",G11="",J11=""),"",DATEDIF(G11,DATE(2027,4,1),"Y"))</f>
+        <v/>
+      </c>
+      <c r="L11" s="144"/>
+      <c r="M11" s="145"/>
+      <c r="N11" s="145"/>
+      <c r="O11" s="145"/>
+      <c r="P11" s="145"/>
+      <c r="Q11" s="146"/>
+      <c r="R11" s="146"/>
+      <c r="S11" s="146"/>
+      <c r="T11" s="146"/>
+      <c r="U11" s="146"/>
+      <c r="V11" s="147"/>
     </row>
-    <row r="7" spans="1:25" s="50" customFormat="1" ht="20.5" x14ac:dyDescent="0.55000000000000004">
-[...23 lines deleted...]
-      <c r="X7" s="420"/>
+    <row r="12" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12"/>
+      <c r="B12"/>
+      <c r="C12"/>
+      <c r="D12"/>
+      <c r="E12"/>
+      <c r="F12"/>
+      <c r="G12"/>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12"/>
+      <c r="K12"/>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12"/>
+      <c r="O12"/>
+      <c r="P12"/>
+      <c r="Q12"/>
+      <c r="R12"/>
+      <c r="S12"/>
+      <c r="T12"/>
+      <c r="U12"/>
+      <c r="V12"/>
+      <c r="W12"/>
     </row>
-    <row r="8" spans="1:25" s="53" customFormat="1" ht="42.65" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...23 lines deleted...]
-      <c r="X8" s="420"/>
+    <row r="13" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13"/>
+      <c r="B13"/>
+      <c r="C13"/>
+      <c r="D13"/>
+      <c r="E13"/>
+      <c r="F13"/>
+      <c r="G13"/>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13"/>
+      <c r="K13"/>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13"/>
+      <c r="O13"/>
+      <c r="P13"/>
+      <c r="Q13"/>
+      <c r="R13"/>
+      <c r="S13"/>
+      <c r="T13"/>
+      <c r="U13"/>
+      <c r="V13"/>
+      <c r="W13"/>
     </row>
-    <row r="9" spans="1:25" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...50 lines deleted...]
-      <c r="X9" s="421"/>
+    <row r="14" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14"/>
+      <c r="B14"/>
+      <c r="C14"/>
+      <c r="D14"/>
+      <c r="E14"/>
+      <c r="F14"/>
+      <c r="G14"/>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14"/>
+      <c r="K14"/>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14"/>
+      <c r="O14"/>
+      <c r="P14"/>
+      <c r="Q14"/>
+      <c r="R14"/>
+      <c r="S14"/>
+      <c r="T14"/>
+      <c r="U14"/>
+      <c r="V14"/>
+      <c r="W14"/>
     </row>
-    <row r="10" spans="1:25" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...28 lines deleted...]
-      <c r="X10" s="416"/>
+    <row r="15" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15"/>
+      <c r="B15"/>
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15"/>
+      <c r="G15"/>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15"/>
+      <c r="K15"/>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15"/>
+      <c r="O15"/>
+      <c r="P15"/>
+      <c r="Q15"/>
+      <c r="R15"/>
+      <c r="S15"/>
+      <c r="T15"/>
+      <c r="U15"/>
+      <c r="V15"/>
+      <c r="W15"/>
     </row>
-    <row r="11" spans="1:25" s="53" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...29 lines deleted...]
-      <c r="Y11" s="103"/>
+    <row r="16" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A16"/>
+      <c r="B16"/>
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16"/>
+      <c r="F16"/>
+      <c r="G16"/>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16"/>
+      <c r="K16"/>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16"/>
+      <c r="O16"/>
+      <c r="P16"/>
+      <c r="Q16"/>
+      <c r="R16"/>
+      <c r="S16"/>
+      <c r="T16"/>
+      <c r="U16"/>
+      <c r="V16"/>
+      <c r="W16"/>
     </row>
-    <row r="12" spans="1:25" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="K12" s="82"/>
+    <row r="17" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A17"/>
+      <c r="B17"/>
+      <c r="C17"/>
+      <c r="D17"/>
+      <c r="E17"/>
+      <c r="F17"/>
+      <c r="G17"/>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17"/>
+      <c r="K17"/>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17"/>
+      <c r="Q17"/>
+      <c r="R17"/>
+      <c r="S17"/>
+      <c r="T17"/>
+      <c r="U17"/>
+      <c r="V17"/>
+      <c r="W17"/>
     </row>
-    <row r="13" spans="1:25" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="K13" s="82"/>
+    <row r="18" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18"/>
+      <c r="B18"/>
+      <c r="C18"/>
+      <c r="D18"/>
+      <c r="E18"/>
+      <c r="F18"/>
+      <c r="G18"/>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18"/>
+      <c r="K18"/>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18"/>
+      <c r="W18"/>
     </row>
-    <row r="14" spans="1:25" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="K14" s="82"/>
+    <row r="19" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A19"/>
+      <c r="B19"/>
+      <c r="C19"/>
+      <c r="D19"/>
+      <c r="E19"/>
+      <c r="F19"/>
+      <c r="G19"/>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19"/>
+      <c r="K19"/>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19"/>
+      <c r="O19"/>
+      <c r="P19"/>
+      <c r="Q19"/>
+      <c r="R19"/>
+      <c r="S19"/>
+      <c r="T19"/>
+      <c r="U19"/>
+      <c r="V19"/>
+      <c r="W19"/>
     </row>
-    <row r="15" spans="1:25" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="K15" s="82"/>
+    <row r="20" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A20"/>
+      <c r="B20"/>
+      <c r="C20"/>
+      <c r="D20"/>
+      <c r="E20"/>
+      <c r="F20"/>
+      <c r="G20"/>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20"/>
+      <c r="K20"/>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20"/>
+      <c r="O20"/>
+      <c r="P20"/>
+      <c r="Q20"/>
+      <c r="R20"/>
+      <c r="S20"/>
+      <c r="T20"/>
+      <c r="U20"/>
+      <c r="V20"/>
+      <c r="W20"/>
     </row>
-    <row r="16" spans="1:25" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="K16" s="82"/>
+    <row r="21" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A21"/>
+      <c r="B21"/>
+      <c r="C21"/>
+      <c r="D21"/>
+      <c r="E21"/>
+      <c r="F21"/>
+      <c r="G21"/>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21"/>
+      <c r="K21"/>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21"/>
+      <c r="O21"/>
+      <c r="P21"/>
+      <c r="Q21"/>
+      <c r="R21"/>
+      <c r="S21"/>
+      <c r="T21"/>
+      <c r="U21"/>
+      <c r="V21"/>
+      <c r="W21"/>
     </row>
-    <row r="17" spans="11:11" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="K17" s="82"/>
+    <row r="22" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A22"/>
+      <c r="B22"/>
+      <c r="C22"/>
+      <c r="D22"/>
+      <c r="E22"/>
+      <c r="F22"/>
+      <c r="G22"/>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22"/>
+      <c r="K22"/>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22"/>
+      <c r="O22"/>
+      <c r="P22"/>
+      <c r="Q22"/>
+      <c r="R22"/>
+      <c r="S22"/>
+      <c r="T22"/>
+      <c r="U22"/>
+      <c r="V22"/>
+      <c r="W22"/>
     </row>
-    <row r="18" spans="11:11" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="K18" s="82"/>
+    <row r="23" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A23"/>
+      <c r="B23"/>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23"/>
+      <c r="F23"/>
+      <c r="G23"/>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23"/>
+      <c r="K23"/>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23"/>
+      <c r="O23"/>
+      <c r="P23"/>
+      <c r="Q23"/>
+      <c r="R23"/>
+      <c r="S23"/>
+      <c r="T23"/>
+      <c r="U23"/>
+      <c r="V23"/>
+      <c r="W23"/>
     </row>
-    <row r="19" spans="11:11" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="K19" s="82"/>
+    <row r="24" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A24"/>
+      <c r="B24"/>
+      <c r="C24"/>
+      <c r="D24"/>
+      <c r="E24"/>
+      <c r="F24"/>
+      <c r="G24"/>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24"/>
+      <c r="K24"/>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24"/>
+      <c r="O24"/>
+      <c r="P24"/>
+      <c r="Q24"/>
+      <c r="R24"/>
+      <c r="S24"/>
+      <c r="T24"/>
+      <c r="U24"/>
+      <c r="V24"/>
+      <c r="W24"/>
+    </row>
+    <row r="25" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A25"/>
+      <c r="B25"/>
+      <c r="C25"/>
+      <c r="D25"/>
+      <c r="E25"/>
+      <c r="F25"/>
+      <c r="G25"/>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25"/>
+      <c r="K25"/>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25"/>
+      <c r="O25"/>
+      <c r="P25"/>
+      <c r="Q25"/>
+      <c r="R25"/>
+      <c r="S25"/>
+      <c r="T25"/>
+      <c r="U25"/>
+      <c r="V25"/>
+      <c r="W25"/>
+    </row>
+    <row r="26" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A26"/>
+      <c r="B26"/>
+      <c r="C26"/>
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26"/>
+      <c r="G26"/>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26"/>
+      <c r="K26"/>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26"/>
+      <c r="O26"/>
+      <c r="P26"/>
+      <c r="Q26"/>
+      <c r="R26"/>
+      <c r="S26"/>
+      <c r="T26"/>
+      <c r="U26"/>
+      <c r="V26"/>
+      <c r="W26"/>
+    </row>
+    <row r="27" spans="1:23" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A27"/>
+      <c r="B27"/>
+      <c r="C27"/>
+      <c r="D27"/>
+      <c r="E27"/>
+      <c r="F27"/>
+      <c r="G27"/>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27"/>
+      <c r="K27"/>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27"/>
+      <c r="O27"/>
+      <c r="P27"/>
+      <c r="Q27"/>
+      <c r="R27"/>
+      <c r="S27"/>
+      <c r="T27"/>
+      <c r="U27"/>
+      <c r="V27"/>
+      <c r="W27"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="32">
-[...2 lines deleted...]
-    <mergeCell ref="J3:X3"/>
+  <mergeCells count="28">
+    <mergeCell ref="T6:T8"/>
+    <mergeCell ref="I4:I8"/>
+    <mergeCell ref="O5:O8"/>
     <mergeCell ref="A4:A8"/>
     <mergeCell ref="B4:B8"/>
     <mergeCell ref="C4:C8"/>
     <mergeCell ref="D4:D8"/>
     <mergeCell ref="E4:E8"/>
     <mergeCell ref="F4:F8"/>
     <mergeCell ref="G4:G8"/>
     <mergeCell ref="H4:H8"/>
-    <mergeCell ref="I4:I8"/>
     <mergeCell ref="J4:J8"/>
-    <mergeCell ref="L4:L8"/>
-    <mergeCell ref="V6:V8"/>
+    <mergeCell ref="V4:V8"/>
+    <mergeCell ref="P5:P8"/>
+    <mergeCell ref="N6:N8"/>
+    <mergeCell ref="U6:U8"/>
+    <mergeCell ref="G1:U2"/>
+    <mergeCell ref="B3:G3"/>
+    <mergeCell ref="H3:U3"/>
     <mergeCell ref="K4:K8"/>
-    <mergeCell ref="W11:X11"/>
-[...4 lines deleted...]
-    <mergeCell ref="T4:V4"/>
+    <mergeCell ref="L4:P4"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="S4:U4"/>
+    <mergeCell ref="L6:L8"/>
     <mergeCell ref="M6:M8"/>
-    <mergeCell ref="N6:N8"/>
-    <mergeCell ref="O6:O8"/>
+    <mergeCell ref="Q6:Q8"/>
     <mergeCell ref="R6:R8"/>
     <mergeCell ref="S6:S8"/>
-    <mergeCell ref="T6:T8"/>
-[...3 lines deleted...]
-    <mergeCell ref="Q5:Q8"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M9:V11" xr:uid="{4C66F9DD-AFC8-4AB1-8994-A7AD0E94CD99}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F9:F11 J9:K11" xr:uid="{7D80C96A-A001-4E22-BF70-19A1A9AF3ABF}">
+      <formula1>"1,2"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L9:U11" xr:uid="{3231F036-C8C4-41F4-8ACD-3FB824126651}">
       <formula1>"○"</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>"1,2"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.19685039370078741" bottom="0.19685039370078741" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="43" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="38" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>